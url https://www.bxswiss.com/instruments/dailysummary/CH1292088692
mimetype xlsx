--- v0 (2025-10-02)
+++ v1 (2025-10-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc32dd5a132734e6d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1ebd6c6aec465c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a98bb5b06a142df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8272e09f16374011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R09151525399d4f38" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a98bb5b06a142df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cf6f7da189c4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8272e09f16374011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,524 +149,119 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>22.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,035</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>106,035</x:t>
-[...52 lines deleted...]
-        <x:is>
           <x:t>105,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,985</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,005</x:t>
         </x:is>
       </x:c>
@@ -764,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,505</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>