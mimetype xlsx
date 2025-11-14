--- v1 (2025-10-22)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5e1ebd6c6aec465c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7e8a9f1f874184" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8272e09f16374011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0174c5e424b647c7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5cf6f7da189c4c4f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8272e09f16374011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc0ccace19df464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0174c5e424b647c7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>13.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,365</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>