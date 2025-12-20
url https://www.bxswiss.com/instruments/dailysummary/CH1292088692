--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcc7e8a9f1f874184" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47effdad32a4346" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0174c5e424b647c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6ec574b8bf4731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbc0ccace19df464a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0174c5e424b647c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34e0edb3d70f4124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6ec574b8bf4731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...576 lines deleted...]
-          <x:t>104,830</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,830</x:t>
-[...6 lines deleted...]
-          <x:t>12.11.2025</x:t>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,820</x:t>
-[...11 lines deleted...]
-          <x:t>13.11.2025</x:t>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,080</x:t>
-[...9 lines deleted...]
-          <x:t>105,080</x:t>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>