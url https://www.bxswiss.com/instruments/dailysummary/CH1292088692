--- v3 (2025-12-20)
+++ v4 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra47effdad32a4346" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e4d9aab3d04620" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d6ec574b8bf4731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2854e8267fb44b1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34e0edb3d70f4124" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d6ec574b8bf4731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b50cfc163ba45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2854e8267fb44b1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,610</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,610</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>