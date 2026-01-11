--- v4 (2025-12-20)
+++ v5 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45e4d9aab3d04620" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a0d0535e0f4d79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2854e8267fb44b1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82ad17a37634ecf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b50cfc163ba45e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2854e8267fb44b1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d65769b28d40f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82ad17a37634ecf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,765</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,705</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>