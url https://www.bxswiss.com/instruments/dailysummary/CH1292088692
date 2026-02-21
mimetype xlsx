--- v5 (2026-01-11)
+++ v6 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8a0d0535e0f4d79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8345c2b220b34cbd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb82ad17a37634ecf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R562b5e4db786499a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R03d65769b28d40f2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb82ad17a37634ecf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8b8d9e2acd77426b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R562b5e4db786499a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088692</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...446 lines deleted...]
-          <x:t>106,465</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>106,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>