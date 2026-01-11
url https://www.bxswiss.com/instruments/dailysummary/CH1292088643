--- v0 (2025-10-25)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12a31db5b3f24c40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aebcea475754dca" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc98149fd649d4465"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e1480b014604efe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R396a8d89542a4f25" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc98149fd649d4465" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52342cc4047b4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e1480b014604efe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>101,415</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,265</x:t>
-[...490 lines deleted...]
-          <x:t>101,355</x:t>
+          <x:t>101,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>