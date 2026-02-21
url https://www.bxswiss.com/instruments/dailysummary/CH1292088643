--- v1 (2026-01-11)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8aebcea475754dca" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3bbd08fede24643" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e1480b014604efe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb625ae47ef544055"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R52342cc4047b4d74" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e1480b014604efe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2e809141fd43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb625ae47ef544055" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...36 lines deleted...]
-          <x:t>100,180</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,030</x:t>
-[...404 lines deleted...]
-          <x:t>101,595</x:t>
+          <x:t>100,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>