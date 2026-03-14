--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc3bbd08fede24643" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ed240f9cdcc4b29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb625ae47ef544055"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5381bccc22d74690"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rea2e809141fd43fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb625ae47ef544055" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R98888951391b41d3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5381bccc22d74690" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8.00% p.a. Barrier Reverse Convertible on Partners Group</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088643</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,060</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>