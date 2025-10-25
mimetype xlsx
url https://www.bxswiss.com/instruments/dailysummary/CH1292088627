--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93279720ec734d28" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e13775797146f6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2e3257da5c9d4bac"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5e8b6bd5214f82"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab6c3323ae25498c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2e3257da5c9d4bac" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0145d89eb96e4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5e8b6bd5214f82" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>100,875</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,670</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,670</x:t>
-[...340 lines deleted...]
-          <x:t>98,910</x:t>
+          <x:t>98,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,250</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>99,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,730</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>99,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,330</x:t>
-[...26 lines deleted...]
-          <x:t>99,410</x:t>
+          <x:t>99,630</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>