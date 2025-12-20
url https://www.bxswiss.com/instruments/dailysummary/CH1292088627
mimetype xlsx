--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R88e13775797146f6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec97333b12054f1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref5e8b6bd5214f82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f814b9e941d4af6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0145d89eb96e4c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref5e8b6bd5214f82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39da4c3c11604ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f814b9e941d4af6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,910</x:t>
-[...85 lines deleted...]
-          <x:t>98,610</x:t>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>98,740</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>99,570</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>99,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>99,060</x:t>
-[...409 lines deleted...]
-          <x:t>99,630</x:t>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>