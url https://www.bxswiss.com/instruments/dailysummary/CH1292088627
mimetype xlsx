--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec97333b12054f1f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6fec01c241a54f99" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5f814b9e941d4af6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d4e8e173a11440e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R39da4c3c11604ea6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5f814b9e941d4af6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R194fef69d7464239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d4e8e173a11440e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9.40% p.a. Barrier Reverse Convertible on OC Oerlikon</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088627</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>100,290</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>03.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>100,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,450</x:t>
-[...102 lines deleted...]
-          <x:t>100,885</x:t>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>100,765</x:t>
-[...80 lines deleted...]
-          <x:t>100,745</x:t>
+          <x:t>101,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,035</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...89 lines deleted...]
-          <x:t>101,065</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>101,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>101,045</x:t>
-[...31 lines deleted...]
-          <x:t>101,115</x:t>
+          <x:t>102,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>