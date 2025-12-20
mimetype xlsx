--- v0 (2025-10-02)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8cc5b26e0ea244f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60c5fa53ebd941f7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R145e92b925814647"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813b6a644e8c479d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R376b24deb84a4f63" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R145e92b925814647" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff2f35f27524b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813b6a644e8c479d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,680</x:t>
-[...21 lines deleted...]
-          <x:t>105,070</x:t>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,070</x:t>
-[...87 lines deleted...]
-          <x:t>08.09.2025</x:t>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,910</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>104,860</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...440 lines deleted...]
-          <x:t>01.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,920</x:t>
-[...9 lines deleted...]
-          <x:t>104,920</x:t>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>