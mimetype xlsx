--- v1 (2025-12-20)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R60c5fa53ebd941f7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d3995a11e294cfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R813b6a644e8c479d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05189f5cef545b7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ff2f35f27524b48" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R813b6a644e8c479d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73adaee8f61e474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05189f5cef545b7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,810</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>