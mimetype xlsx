--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7d3995a11e294cfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f2c1737d57462b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra05189f5cef545b7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b2e0a4138e4ac3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73adaee8f61e474f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra05189f5cef545b7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c2f890757f478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b2e0a4138e4ac3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...134 lines deleted...]
-          <x:t>16.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,620</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,890</x:t>
-[...333 lines deleted...]
-          <x:t>105,390</x:t>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>