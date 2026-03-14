--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R27f2c1737d57462b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4960e0a69a7465e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b2e0a4138e4ac3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9ea98fff4db140cb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf6c2f890757f478f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b2e0a4138e4ac3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d920f9dd7bc41b3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9ea98fff4db140cb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Conditional Coupon Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088619</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>97,270</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>