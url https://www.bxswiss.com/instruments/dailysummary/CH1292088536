--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb210f3d7d7e141ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7c137b2c97493b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb8b687fd1d604ab8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4b02ef68b984d1e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bbecf1c41e54f5d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb8b687fd1d604ab8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a0e7c0e1944d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4b02ef68b984d1e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>104,980</x:t>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,980</x:t>
-[...16 lines deleted...]
-          <x:t>105,020</x:t>
+          <x:t>105,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,100</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,020</x:t>
-[...11 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>105,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,030</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...121 lines deleted...]
-          <x:t>29.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>105,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>105,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,070</x:t>
-[...112 lines deleted...]
-          <x:t>105,210</x:t>
+          <x:t>105,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>