--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6f7c137b2c97493b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4956e7780ba14da6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf4b02ef68b984d1e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R208169e5a30947d9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf5a0e7c0e1944d7c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf4b02ef68b984d1e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e4d3daae9a4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R208169e5a30947d9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>105,040</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,040</x:t>
-[...16 lines deleted...]
-          <x:t>105,100</x:t>
+          <x:t>104,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,100</x:t>
-[...539 lines deleted...]
-          <x:t>105,580</x:t>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>