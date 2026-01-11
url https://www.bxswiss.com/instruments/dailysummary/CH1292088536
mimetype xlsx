--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4956e7780ba14da6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4072d086663147f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R208169e5a30947d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ed7196bcc5e414b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35e4d3daae9a4738" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R208169e5a30947d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce242406c5ae4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ed7196bcc5e414b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,790</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>