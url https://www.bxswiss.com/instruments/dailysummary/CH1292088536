--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4072d086663147f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52317a7778c54f09" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3ed7196bcc5e414b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0d5dcae8dd94429"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce242406c5ae4e81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3ed7196bcc5e414b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73cfd098e12c468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0d5dcae8dd94429" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...436 lines deleted...]
-          <x:t>105,460</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>105,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>105,460</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>