--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R52317a7778c54f09" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3c2d2b0b985245b7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf0d5dcae8dd94429"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb4359fb8187b493b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R73cfd098e12c468f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf0d5dcae8dd94429" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf4cee5b1f4c3433a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb4359fb8187b493b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088536</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>97,820</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>