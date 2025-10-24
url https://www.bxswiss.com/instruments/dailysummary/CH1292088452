--- v0 (2025-10-02)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R78266a62cc624161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba23a859f7c4ddf" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d8837cce20f48af"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea3364d41e3a4352"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b3a1cfc012345e0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d8837cce20f48af" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96cb26c4e5124504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea3364d41e3a4352" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,626 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...11 lines deleted...]
-          <x:t>103,915</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>103,895</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>104,335</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>104,185</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>