--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba23a859f7c4ddf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152b7ebbb53b456c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea3364d41e3a4352"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d2db016fe54ba5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R96cb26c4e5124504" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea3364d41e3a4352" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5410bf4dd53548dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d2db016fe54ba5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,208 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...85 lines deleted...]
-          <x:t>104,195</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,175</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>104,235</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...328 lines deleted...]
-          <x:t>104,265</x:t>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,255</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>104,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>104,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>104,295</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...35 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,315</x:t>
@@ -791,31 +413,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,795</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>