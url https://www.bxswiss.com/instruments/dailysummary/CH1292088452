--- v2 (2025-11-14)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R152b7ebbb53b456c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re131cc6b6c024218" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc3d2db016fe54ba5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d22c682d76d4a68"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5410bf4dd53548dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc3d2db016fe54ba5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc9eaf9e40234e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d22c682d76d4a68" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,245</x:t>
-[...70 lines deleted...]
-          <x:t>104,305</x:t>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,305</x:t>
+          <x:t>104,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,315</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...113 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>103,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>