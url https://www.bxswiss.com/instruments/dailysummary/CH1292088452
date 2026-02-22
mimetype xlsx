--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re131cc6b6c024218" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e58c6e0c68d40a1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0d22c682d76d4a68"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4bd5ed210844a4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc9eaf9e40234e2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0d22c682d76d4a68" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004d24ff266b4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4bd5ed210844a4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...323 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,400</x:t>
-[...43 lines deleted...]
-          <x:t>09.01.2026</x:t>
+          <x:t>104,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>104,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>104,400</x:t>
-[...4 lines deleted...]
-          <x:t>104,570</x:t>
+          <x:t>104,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>102,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>