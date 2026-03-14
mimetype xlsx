--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2e58c6e0c68d40a1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbb1a9eef5c124179" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f4bd5ed210844a4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0014d25580da411a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R004d24ff266b4e4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f4bd5ed210844a4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R985488175bbe4fa1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0014d25580da411a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15.00% p.a. Barrier Reverse Convertible on Hims &amp; Hers Health</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292088452</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>97,550</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>