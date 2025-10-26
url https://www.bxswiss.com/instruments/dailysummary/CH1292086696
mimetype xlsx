--- v0 (2025-10-04)
+++ v1 (2025-10-26)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd142e395424b4bb2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d72a4b5180d4587" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5fe04b1dc6c14f71"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3be8dca976c4668"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R45a2dcf0a6004154" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5fe04b1dc6c14f71" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04f42c1cf4fc4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3be8dca976c4668" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Brent Crude Oil Futures Total Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...68 lines deleted...]
-          <x:t>71,850</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>08.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,570</x:t>
-[...502 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>72,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,280</x:t>
-[...9 lines deleted...]
-          <x:t>71,130</x:t>
+          <x:t>72,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,140</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>