--- v1 (2025-10-26)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d72a4b5180d4587" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130a64262edc4236" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3be8dca976c4668"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radaef4de0a0f450a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04f42c1cf4fc4fc1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3be8dca976c4668" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c99f2c3de84468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radaef4de0a0f450a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Brent Crude Oil Futures Total Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...149 lines deleted...]
-          <x:t>71,360</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,940</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...40 lines deleted...]
-          <x:t>71,280</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,130</x:t>
-[...124 lines deleted...]
-          <x:t>71,470</x:t>
+          <x:t>70,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,280</x:t>
-[...97 lines deleted...]
-          <x:t>68,920</x:t>
+          <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>67,980</x:t>
-[...65 lines deleted...]
-          <x:t>66,740</x:t>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>67,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>66,390</x:t>
-[...85 lines deleted...]
-          <x:t>73,140</x:t>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>