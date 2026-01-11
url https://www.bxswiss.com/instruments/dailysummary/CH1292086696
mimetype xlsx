--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R130a64262edc4236" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619423c0ba034979" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Radaef4de0a0f450a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce79ee4eb0ab40df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R82c99f2c3de84468" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Radaef4de0a0f450a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7e9312db8c4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce79ee4eb0ab40df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Brent Crude Oil Futures Total Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...9 lines deleted...]
-          <x:t>71,770</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>71,390</x:t>
-[...259 lines deleted...]
-          <x:t>71,310</x:t>
+          <x:t>69,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,110</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>70,760</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,440</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>69,900</x:t>
-[...215 lines deleted...]
-          <x:t>68,010</x:t>
+          <x:t>68,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>