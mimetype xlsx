--- v3 (2026-01-11)
+++ v4 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R619423c0ba034979" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4efbea64e2455e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce79ee4eb0ab40df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa47fdc9276440c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7e9312db8c4973" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce79ee4eb0ab40df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra48d60edc6204743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa47fdc9276440c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Brent Crude Oil Futures Total Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,397 +149,100 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...220 lines deleted...]
-          <x:t>68,970</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...116 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,110</x:t>
@@ -602,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,480</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,900</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>