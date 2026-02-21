--- v4 (2026-01-31)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6d4efbea64e2455e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca6c060614b2407b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfaa47fdc9276440c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0baa91b0b14fd3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra48d60edc6204743" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfaa47fdc9276440c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17754fdbdafd4d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0baa91b0b14fd3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Brent Crude Oil Futures Total Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,860</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>72,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>76,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,360</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>