--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca6c060614b2407b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5f24f51b402a4d9c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0baa91b0b14fd3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R990a0a10e25d424c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R17754fdbdafd4d81" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0baa91b0b14fd3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R80a56763f9d74a4d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R990a0a10e25d424c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq Brent Crude Oil Futures Total Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086696</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,581 +149,203 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...257 lines deleted...]
-          <x:t>75,310</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...263 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>77,660</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>78,080</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>83,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>82,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>103,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>