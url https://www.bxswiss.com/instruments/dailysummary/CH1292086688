--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d56cfe6ebee48af" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d8cbded8996469d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3d22cb5e866747cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d472eb9ee1457c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rddd46e60964742a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3d22cb5e866747cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85e9cb1fc4114409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d472eb9ee1457c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss TOP 30 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...635 lines deleted...]
-          <x:t>15,365</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,315</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>