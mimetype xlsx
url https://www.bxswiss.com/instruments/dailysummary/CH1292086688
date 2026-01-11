--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d8cbded8996469d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23dfea567ff244d3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra4d472eb9ee1457c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b8db5e643ea4f1d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85e9cb1fc4114409" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra4d472eb9ee1457c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e9efade058542d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b8db5e643ea4f1d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss TOP 30 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,586 +149,154 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>15,905</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,885</x:t>
-[...11 lines deleted...]
-          <x:t>03.12.2025</x:t>
+          <x:t>15,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,005</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,905</x:t>
-[...102 lines deleted...]
-          <x:t>16,085</x:t>
+          <x:t>16,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,035</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>16,145</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,135</x:t>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>