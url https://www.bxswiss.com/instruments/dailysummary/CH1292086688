--- v2 (2026-01-11)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R23dfea567ff244d3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ed3555830b4609" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3b8db5e643ea4f1d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18915570290c489d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e9efade058542d9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3b8db5e643ea4f1d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076a21f66abf4adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18915570290c489d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss TOP 30 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>16,125</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,125</x:t>
-[...38 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,335</x:t>
-[...21 lines deleted...]
-          <x:t>16,275</x:t>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,275</x:t>
-[...11 lines deleted...]
-          <x:t>29.12.2025</x:t>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,415</x:t>
+          <x:t>16,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...67 lines deleted...]
-          <x:t>16,465</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,365</x:t>
-[...38 lines deleted...]
-          <x:t>08.01.2026</x:t>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>16,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,495</x:t>
-[...31 lines deleted...]
-          <x:t>16,635</x:t>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>