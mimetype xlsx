--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R72ed3555830b4609" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcceed88f2e914ea6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R18915570290c489d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea668e79755b4e18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R076a21f66abf4adc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R18915570290c489d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2412a70b0bd14659" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea668e79755b4e18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss TOP 30 Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1292086688</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,355</x:t>
+          <x:t>16,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...595 lines deleted...]
-          <x:t>17,105</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>