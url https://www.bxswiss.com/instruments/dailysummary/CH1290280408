--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf94dccb673f34dbf" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344e441323a1489f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raa5f0d3d68af42fd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb0ffd7b4a84da9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R302e23e3b69b42b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raa5f0d3d68af42fd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2cd9885b213463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb0ffd7b4a84da9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on on Adaptivv Downside Control Swiss Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1290280408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>26,878</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,073</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,368</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,938</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,818</x:t>
-[...156 lines deleted...]
-          <x:t>27,213</x:t>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,193</x:t>
-[...431 lines deleted...]
-          <x:t>27,073</x:t>
+          <x:t>27,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>