--- v1 (2025-10-25)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R344e441323a1489f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff72253084a4f3f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0cb0ffd7b4a84da9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd6a2f9bbb1540c6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd2cd9885b213463b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0cb0ffd7b4a84da9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6958aa33295a436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd6a2f9bbb1540c6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on on Adaptivv Downside Control Swiss Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1290280408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,843</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,953</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,853</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,878</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,738</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,998</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,833</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,898</x:t>
-[...458 lines deleted...]
-          <x:t>27,248</x:t>
+          <x:t>26,983</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,153</x:t>
-[...11 lines deleted...]
-          <x:t>26,963</x:t>
+          <x:t>27,348</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,028</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,793</x:t>
-[...139 lines deleted...]
-          <x:t>27,118</x:t>
+          <x:t>27,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,393</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>