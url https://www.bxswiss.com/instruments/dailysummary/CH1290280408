--- v2 (2025-11-14)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ff72253084a4f3f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1875aa7707412f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdd6a2f9bbb1540c6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6df70c16498c4381"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6958aa33295a436b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdd6a2f9bbb1540c6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e7dec3dd404123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6df70c16498c4381" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on on Adaptivv Downside Control Swiss Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1290280408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...68 lines deleted...]
-          <x:t>27,023</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,103</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>16.10.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,978</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,013</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,978</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,113</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...531 lines deleted...]
-          <x:t>13.11.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,478</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,545</x:t>
-[...9 lines deleted...]
-          <x:t>27,393</x:t>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>