--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3e1875aa7707412f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2035e7adae9e466e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6df70c16498c4381"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f2f76e45484500"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9e7dec3dd404123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6df70c16498c4381" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1950dc25ee514149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f2f76e45484500" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on on Adaptivv Downside Control Swiss Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1290280408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>27,358</x:t>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,303</x:t>
-[...16 lines deleted...]
-          <x:t>27,408</x:t>
+          <x:t>27,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,338</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,473</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>27,383</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,458</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>01.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,448</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,463</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>27,555</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,530</x:t>
-[...182 lines deleted...]
-        <x:is>
           <x:t>27,855</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...62 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,875</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,508</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>