--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2035e7adae9e466e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabcc50363c844367" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R13f2f76e45484500"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78098def29fb432a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1950dc25ee514149" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R13f2f76e45484500" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d6069a042842a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78098def29fb432a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on on Adaptivv Downside Control Swiss Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1290280408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...193 lines deleted...]
-          <x:t>27,875</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,800</x:t>
-[...43 lines deleted...]
-          <x:t>27,955</x:t>
+          <x:t>28,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,945</x:t>
-[...119 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>28,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,490</x:t>
+          <x:t>28,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,415</x:t>
-[...53 lines deleted...]
-          <x:t>28,508</x:t>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>