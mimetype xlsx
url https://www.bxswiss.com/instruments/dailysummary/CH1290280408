--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rabcc50363c844367" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R84fd04677f844192" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R78098def29fb432a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re03245b7cde54e08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb0d6069a042842a4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R78098def29fb432a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1e3ae5479ccf45ae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re03245b7cde54e08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on on Adaptivv Downside Control Swiss Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1290280408</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...14 lines deleted...]
-          <x:t>28,000</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,698</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,203</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,058</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,343</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,018</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,648</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>28,320</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,548</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,295</x:t>
-[...485 lines deleted...]
-          <x:t>29,233</x:t>
+          <x:t>28,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,483</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>