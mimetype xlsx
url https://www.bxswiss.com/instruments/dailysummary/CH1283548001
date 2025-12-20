--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R58344904aa664788" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e01e29fa7141a3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R612b38062f884097"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce80dc7640c4c6d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69fcea3c8b20445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R612b38062f884097" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a34592c126c446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce80dc7640c4c6d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283548001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...625 lines deleted...]
-          <x:t>124,760</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,620</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>125,200</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>