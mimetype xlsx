--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc5e01e29fa7141a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab8776ea7494208" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2ce80dc7640c4c6d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b76f12e0744a4f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3a34592c126c446a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2ce80dc7640c4c6d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a01e20bc9044e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b76f12e0744a4f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283548001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...36 lines deleted...]
-          <x:t>126,305</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,635</x:t>
-[...11 lines deleted...]
-          <x:t>126,175</x:t>
+          <x:t>126,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>124,600</x:t>
-[...124 lines deleted...]
-          <x:t>127,780</x:t>
+          <x:t>126,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,480</x:t>
-[...436 lines deleted...]
-          <x:t>128,425</x:t>
+          <x:t>128,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>