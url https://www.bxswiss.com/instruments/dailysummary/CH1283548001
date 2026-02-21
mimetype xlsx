--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ab8776ea7494208" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ee282ba21984887" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R21b76f12e0744a4f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4f4c330c5c4b08"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd3a01e20bc9044e1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R21b76f12e0744a4f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a21e48d7584611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4f4c330c5c4b08" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283548001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>125,540</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,375</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>125,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,295</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>05.01.2026</x:t>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,890</x:t>
-[...117 lines deleted...]
-          <x:t>128,585</x:t>
+          <x:t>132,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,735</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>