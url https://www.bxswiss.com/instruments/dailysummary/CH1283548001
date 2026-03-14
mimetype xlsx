--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ee282ba21984887" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R82388db0775542cc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbb4f4c330c5c4b08"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5e1df60ca7594cc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38a21e48d7584611" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbb4f4c330c5c4b08" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a715f6b019f45c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5e1df60ca7594cc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283548001</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,114 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>131,950</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>131,015</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>133,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,840</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>133,575</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>136,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>135,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,155</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>