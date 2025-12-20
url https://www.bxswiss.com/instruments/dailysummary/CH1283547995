--- v0 (2025-10-04)
+++ v1 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20cec688f0c04ebd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6ed0aadc3184d29" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Raf92e3ea5e6b4d98"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8630f697bab74805"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5247a7c1636e4a4b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Raf92e3ea5e6b4d98" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d8165e8d21d4c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8630f697bab74805" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283547995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>124,145</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>