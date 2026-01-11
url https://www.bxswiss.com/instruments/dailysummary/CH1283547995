--- v1 (2025-12-20)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6ed0aadc3184d29" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab26c9b3bdaa4692" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8630f697bab74805"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d590a074ea46f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5d8165e8d21d4c98" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8630f697bab74805" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0def0c88c10241ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d590a074ea46f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283547995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...53 lines deleted...]
-          <x:t>20.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>125,865</x:t>
-[...129 lines deleted...]
-          <x:t>127,480</x:t>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>127,200</x:t>
-[...436 lines deleted...]
-          <x:t>128,685</x:t>
+          <x:t>129,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,695</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>