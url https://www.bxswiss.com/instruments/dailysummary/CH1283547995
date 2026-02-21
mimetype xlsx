--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rab26c9b3bdaa4692" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8252b999e2b0438d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R47d590a074ea46f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dda7fcd96954d09"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0def0c88c10241ac" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R47d590a074ea46f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81804c4032374401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dda7fcd96954d09" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283547995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>124,840</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>125,655</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,545</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>16.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,245</x:t>
-[...333 lines deleted...]
-          <x:t>128,695</x:t>
+          <x:t>128,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,905</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>