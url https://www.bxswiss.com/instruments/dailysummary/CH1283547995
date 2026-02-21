--- v3 (2026-02-21)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8252b999e2b0438d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c344e0d65574fb1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7dda7fcd96954d09"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e3056e05c943ce"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81804c4032374401" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7dda7fcd96954d09" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43b0b5f957343b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e3056e05c943ce" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283547995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,285</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>