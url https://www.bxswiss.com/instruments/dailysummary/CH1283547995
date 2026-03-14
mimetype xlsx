--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c344e0d65574fb1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8accbd01ed304073" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R15e3056e05c943ce"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3663918b1a7841aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re43b0b5f957343b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R15e3056e05c943ce" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85456c0ef7144136" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3663918b1a7841aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, Novartis Sandoz Group Basket, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1283547995</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...220 lines deleted...]
-          <x:t>126,845</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,425</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>135,905</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,325</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>