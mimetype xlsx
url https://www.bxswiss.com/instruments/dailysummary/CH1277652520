--- v0 (2025-10-02)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2726fc03fdcf4642" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bbe87467b7543b4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52b1400ff45c49d9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re36500896a3f4290"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0757474111ae4011" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52b1400ff45c49d9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd6cfb9f206425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re36500896a3f4290" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1277652520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...95 lines deleted...]
-          <x:t>84,100</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>84,470</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...153 lines deleted...]
-          <x:t>84,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,000</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...171 lines deleted...]
-          <x:t>86,140</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,930</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,990</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>85,960</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>85,370</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,110</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>86,560</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>