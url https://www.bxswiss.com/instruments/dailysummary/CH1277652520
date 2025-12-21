--- v1 (2025-11-13)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0bbe87467b7543b4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf374b3c610244cf5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re36500896a3f4290"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff61a63b3bae4bf6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3cd6cfb9f206425b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re36500896a3f4290" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcf3951f0cf74b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff61a63b3bae4bf6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1277652520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...4 lines deleted...]
-          <x:t>86,220</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,480</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>85,310</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,780</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...140 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,530</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...416 lines deleted...]
-          <x:t>87,480</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>