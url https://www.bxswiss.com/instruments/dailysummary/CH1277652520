--- v2 (2025-12-21)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf374b3c610244cf5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8999889f364754" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rff61a63b3bae4bf6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc29889fe8fc4b3d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbcf3951f0cf74b09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rff61a63b3bae4bf6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd9825bfc6b4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc29889fe8fc4b3d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1277652520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>86,520</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>87,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>86,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,450</x:t>
-[...75 lines deleted...]
-          <x:t>86,040</x:t>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,560</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.11.2025</x:t>
-[...144 lines deleted...]
-          <x:t>87,490</x:t>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,780</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>87,140</x:t>
-[...323 lines deleted...]
-          <x:t>87,010</x:t>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>