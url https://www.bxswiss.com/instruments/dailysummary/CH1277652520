--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1c8999889f364754" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31d4f7bfa6a04953" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rdc29889fe8fc4b3d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R377a04f5e27f4db9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dd9825bfc6b4778" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rdc29889fe8fc4b3d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rebdd9ee191334f52" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R377a04f5e27f4db9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1277652520</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,690</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>86,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>87,320</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>86,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>86,130</x:t>
-[...43 lines deleted...]
-          <x:t>85,330</x:t>
+          <x:t>86,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,190</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>85,330</x:t>
-[...264 lines deleted...]
-          <x:t>85,890</x:t>
+          <x:t>84,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>85,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...136 lines deleted...]
-          <x:t>86,840</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,010</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>