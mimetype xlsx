--- v0 (2025-10-30)
+++ v1 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R30de632116814da8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd04c55ba0ea4f85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7e8778fc2e5144e1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6f8f030cb34cd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a05cd39386b4c06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7e8778fc2e5144e1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd00ab286caea4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6f8f030cb34cd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Lido DAO ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1275043318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>3,603</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,156</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,924</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,968</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,973</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,689</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,621</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,781</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,722</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,794</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,881</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,821</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,527</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,676</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,697</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>