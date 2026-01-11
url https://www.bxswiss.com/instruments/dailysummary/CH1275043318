--- v1 (2025-12-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd04c55ba0ea4f85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9c4b383d094ba1" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b6f8f030cb34cd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25cb2c2fd65847cd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd00ab286caea4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b6f8f030cb34cd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfadda523bec14775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25cb2c2fd65847cd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Lido DAO ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1275043318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...58 lines deleted...]
-          <x:t>2,689</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,684</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,479</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,541</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,392</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,169</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,286</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,254</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,362</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,268</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,564</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,622</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,561</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,504</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,696</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,771</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,751</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,729</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,714</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,761</x:t>
-        </x:is>
-[...548 lines deleted...]
-          <x:t>2,362</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>