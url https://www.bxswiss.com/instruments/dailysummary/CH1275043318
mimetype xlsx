--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d9c4b383d094ba1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5e19309ae1d40fc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R25cb2c2fd65847cd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb728519832f645f7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfadda523bec14775" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R25cb2c2fd65847cd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64662916364f4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb728519832f645f7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Lido DAO ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1275043318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...161 lines deleted...]
-          <x:t>18.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,246</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,274</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,211</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,158</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,170</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...281 lines deleted...]
-          <x:t>2,761</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,231</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,167</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,146</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,166</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,034</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,952</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,839</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,719</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,739</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,781</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,529</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,506</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,362</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,476</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,482</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,427</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,386</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>