--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf5e19309ae1d40fc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf0ca7aaac5c9424e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb728519832f645f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9fc77dd6c9b84a71"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64662916364f4b9b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb728519832f645f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3c68bdf3eaf942fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9fc77dd6c9b84a71" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Lido DAO ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1275043318</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,444</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,376</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,482</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>1,482</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,401</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,434</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,443</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,409</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,427</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...89 lines deleted...]
-          <x:t>13.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,377</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,487</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>1,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,386</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,324</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,267</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,397</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,394</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,379</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,284</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,354</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,297</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,384</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,294</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,359</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,319</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,289</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,334</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,242</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,206</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,191</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,247</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,186</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,227</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,251</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,321</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>