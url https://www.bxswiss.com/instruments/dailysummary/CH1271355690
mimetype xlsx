--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9c9338f8cfeb480d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4df53ba1e24156" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbc9b304c84e44377"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a3f8ec1a5064780"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0a4955ec027848bf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbc9b304c84e44377" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde5b83782d240c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a3f8ec1a5064780" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1271355690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...296 lines deleted...]
-          <x:t>16.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>108,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>107,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,170</x:t>
-[...107 lines deleted...]
-          <x:t>107,550</x:t>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>107,630</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>108,510</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,350</x:t>
-[...193 lines deleted...]
-          <x:t>108,330</x:t>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,370</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>