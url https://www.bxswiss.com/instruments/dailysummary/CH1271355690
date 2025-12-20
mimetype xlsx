--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfa4df53ba1e24156" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815f62e3bee949a5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a3f8ec1a5064780"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7985fc4c1f6442b5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfde5b83782d240c1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a3f8ec1a5064780" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f15fe227c61497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7985fc4c1f6442b5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1271355690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>104,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>105,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>106,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,510</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>02.10.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,450</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,330</x:t>
-[...20 lines deleted...]
-        <x:is>
           <x:t>109,090</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>109,290</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>109,010</x:t>
-[...33 lines deleted...]
-          <x:t>08.10.2025</x:t>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,990</x:t>
-[...139 lines deleted...]
-          <x:t>107,730</x:t>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16.10.2025</x:t>
-[...58 lines deleted...]
-          <x:t>107,830</x:t>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>107,830</x:t>
-[...101 lines deleted...]
-        <x:is>
           <x:t>109,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,690</x:t>
-[...4 lines deleted...]
-          <x:t>109,370</x:t>
+          <x:t>108,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>