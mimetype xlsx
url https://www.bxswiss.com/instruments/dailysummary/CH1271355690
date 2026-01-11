--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R815f62e3bee949a5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833605f3483d4d60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7985fc4c1f6442b5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c14ca0fa2df4a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3f15fe227c61497c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7985fc4c1f6442b5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2553b4e45f65429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c14ca0fa2df4a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1271355690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...220 lines deleted...]
-          <x:t>108,470</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,370</x:t>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>108,830</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...99 lines deleted...]
-          <x:t>109,030</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,270</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...289 lines deleted...]
-          <x:t>109,270</x:t>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>