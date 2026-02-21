--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R833605f3483d4d60" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f98e3e6c9a6493e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c14ca0fa2df4a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39b889385aed4908"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2553b4e45f65429a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c14ca0fa2df4a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f471a89d5d743dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39b889385aed4908" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1271355690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...58 lines deleted...]
-          <x:t>110,140</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>108,910</x:t>
-[...210 lines deleted...]
-          <x:t>110,820</x:t>
+          <x:t>109,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,240</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>110,320</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,700</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,320</x:t>
-[...42 lines deleted...]
-        <x:is>
           <x:t>111,240</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,300</x:t>
+          <x:t>110,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>110,880</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,060</x:t>
-[...11 lines deleted...]
-          <x:t>111,360</x:t>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>111,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>111,120</x:t>
-[...30 lines deleted...]
-        <x:is>
           <x:t>110,640</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>111,320</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>