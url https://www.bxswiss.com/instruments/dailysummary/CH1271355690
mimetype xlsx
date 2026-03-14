--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8f98e3e6c9a6493e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rec42fb38361e4a2f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R39b889385aed4908"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra876bec7e52b416f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f471a89d5d743dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R39b889385aed4908" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d37001a16f64669" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra876bec7e52b416f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Exchange Traded Product on Adaptivv Downside Control World Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1271355690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>110,300</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>112,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>111,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>110,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>109,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>110,240</x:t>
-[...620 lines deleted...]
-          <x:t>112,220</x:t>
+          <x:t>110,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>109,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>108,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>107,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>