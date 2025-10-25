--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R764ec0e2ef7545a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb104cfc1a74d67" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R19cee93bf5534f14"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0fd344fbac84d59"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3323a49fc01d40fe" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R19cee93bf5534f14" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f037079a0248ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0fd344fbac84d59" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263883063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>13,955</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,105</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13,825</x:t>
-[...340 lines deleted...]
-          <x:t>15,005</x:t>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,925</x:t>
-[...31 lines deleted...]
-          <x:t>15,095</x:t>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>