--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bb104cfc1a74d67" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf748d512eb4bad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd0fd344fbac84d59"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829fff59e4ad4e8b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f037079a0248ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd0fd344fbac84d59" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5dfe41e55b431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829fff59e4ad4e8b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263883063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>14,735</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,545</x:t>
-[...264 lines deleted...]
-          <x:t>15,025</x:t>
+          <x:t>15,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,355</x:t>
-        </x:is>
-[...322 lines deleted...]
-          <x:t>15,725</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>