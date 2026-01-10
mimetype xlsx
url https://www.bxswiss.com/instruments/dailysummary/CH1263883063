--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Recf748d512eb4bad" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037b11a06ea446d0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R829fff59e4ad4e8b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a20a56919d4535"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rbb5dfe41e55b431e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R829fff59e4ad4e8b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b1581f1bae454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a20a56919d4535" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263883063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>14,315</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,015</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>15,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,575</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,875</x:t>
-[...97 lines deleted...]
-          <x:t>15,405</x:t>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,265</x:t>
-[...463 lines deleted...]
-          <x:t>15,355</x:t>
+          <x:t>15,975</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>