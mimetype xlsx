--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R037b11a06ea446d0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8333da8621cc4af2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R68a20a56919d4535"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R825dd18605954545"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd9b1581f1bae454d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R68a20a56919d4535" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R432bf4fe8a294279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R825dd18605954545" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263883063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...112 lines deleted...]
-          <x:t>15,275</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,895</x:t>
-[...92 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,055</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,425</x:t>
-[...16 lines deleted...]
-          <x:t>22.12.2025</x:t>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,575</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>08.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,825</x:t>
-[...36 lines deleted...]
-          <x:t>15,975</x:t>
+          <x:t>15,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>