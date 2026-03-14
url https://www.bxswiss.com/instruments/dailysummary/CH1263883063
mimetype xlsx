--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8333da8621cc4af2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf12f1084e6944341" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R825dd18605954545"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R674d6d38a4714e25"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R432bf4fe8a294279" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R825dd18605954545" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R35bafc38ffff4755" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R674d6d38a4714e25" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf NASDAQ 100 Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263883063</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15,235</x:t>
-[...269 lines deleted...]
-          <x:t>14,905</x:t>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,345</x:t>
-[...33 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,185</x:t>
-[...178 lines deleted...]
-          <x:t>17.02.2026</x:t>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,495</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>14,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>