--- v0 (2025-10-25)
+++ v1 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R654e57c7a8eb4c92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbadaf03bc97e4626" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4868f4df7de1475c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66623783ad44637"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ce1ec40b788428f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4868f4df7de1475c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re29aa9c3fbbf4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66623783ad44637" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ALPHABET INC-CL A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263882909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>11,075</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>