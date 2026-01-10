--- v1 (2026-01-09)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbadaf03bc97e4626" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb98c2c4ed5834029" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re66623783ad44637"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0284188d412f4c17"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re29aa9c3fbbf4120" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re66623783ad44637" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra634a0a511dd44eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0284188d412f4c17" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ALPHABET INC-CL A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263882909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>09.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,275</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,470</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +602,58 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,560</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,870</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>