--- v2 (2026-01-10)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb98c2c4ed5834029" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf5dc53e950e4293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0284188d412f4c17"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb91bb5421d414644"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra634a0a511dd44eb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0284188d412f4c17" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R769e7e3881d44fa5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb91bb5421d414644" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf ALPHABET INC-CL A</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263882909</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,720</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>