--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra07d5783803840e1" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd449896f8f1540b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4e9a02dfc3a940a1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ebdfca7f7d4c97"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe7c922e3a224349" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4e9a02dfc3a940a1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b197f08469f46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ebdfca7f7d4c97" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Crypto Momentum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263519394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,536 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>281,857</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>288,171</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>279,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>286,226</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>301,503</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>304,497</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>299,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>303,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>303,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>301,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>310,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>305,601</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>306,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>295,513</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>291,222</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>296,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>290,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,304</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>293,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>294,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>286,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>287,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>292,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>297,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,312</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>284,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>263,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>253,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>260,003</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,008</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,474</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,057</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>259,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>264,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,119</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,367</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,839</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>221,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>227,699</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>246,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>243,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>236,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,607</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>234,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>231,456</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,507</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,336</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>237,289</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>241,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>244,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>238,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>240,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,607</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>255,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>251,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>254,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,811</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>256,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>249,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>252,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>250,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>245,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,912</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>247,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>232,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>233,716</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>