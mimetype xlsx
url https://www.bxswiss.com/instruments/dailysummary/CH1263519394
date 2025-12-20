--- v1 (2025-10-31)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd449896f8f1540b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4994a1752c5f4132" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R80ebdfca7f7d4c97"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08cc12be272c440d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1b197f08469f46ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R80ebdfca7f7d4c97" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1219c2974e4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08cc12be272c440d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Crypto Momentum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263519394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>233,716</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,529</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,964</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,642</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,761</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,697</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,569</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,704</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,349</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,349</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,772</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,144</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,868</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,694</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,592</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,774</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,706</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,821</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,632</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,641</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>196,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,671</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,459</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,494</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,311</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,636</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,889</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,972</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>184,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,797</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,364</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,812</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,574</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>