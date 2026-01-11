--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4994a1752c5f4132" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb693e38c1f41c6" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R08cc12be272c440d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b90e167b94f4cdd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rad1219c2974e4d03" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R08cc12be272c440d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R810166c818f245d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b90e167b94f4cdd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Crypto Momentum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263519394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...430 lines deleted...]
-        <x:is>
           <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,311</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>197,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,999</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>195,636</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,812</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>179,258</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>175,243</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>178,574</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>181,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,568</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,216</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,486</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,677</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>178,166</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>193,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,946</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>203,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,237</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,532</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,008</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>190,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>188,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,796</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>191,126</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>