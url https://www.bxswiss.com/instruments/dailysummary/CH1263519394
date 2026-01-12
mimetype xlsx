--- v3 (2026-01-11)
+++ v4 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0fb693e38c1f41c6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d5244018e8047b0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9b90e167b94f4cdd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16c89f098f9b474a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R810166c818f245d8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9b90e167b94f4cdd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b55642a13e4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16c89f098f9b474a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Crypto Momentum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263519394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>186,891</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>187,889</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>182,792</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,972</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>