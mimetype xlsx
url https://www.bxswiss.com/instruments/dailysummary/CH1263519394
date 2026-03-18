--- v4 (2026-01-12)
+++ v5 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d5244018e8047b0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce0c56a6cf64c9f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R16c89f098f9b474a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7749e1b636234284"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b55642a13e4018" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R16c89f098f9b474a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e381e556b6d42d0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7749e1b636234284" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Crypto Momentum ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263519394</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,293 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...241 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,423</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>183,431</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>177,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -575,31 +332,301 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>188,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>192,623</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>185,796</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>191,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,609</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,597</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,404</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>187,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,437</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>199,661</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>204,432</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>200,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>201,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>202,799</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>195,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,348</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>197,381</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>198,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>192,574</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>194,662</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,496</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>189,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,836</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>186,484</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>