--- v0 (2025-10-14)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R90726ca6276c4352" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce7b971012e4f38" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4ccae24efe2e4cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a28954a384402b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re560ac44d32849e2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4ccae24efe2e4cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a7360ba8ba4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a28954a384402b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Crypto Web 3.0 ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263519386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...586 lines deleted...]
-          <x:t>183,662</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,427</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>174,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,181</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>183,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>185,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>179,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>182,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,939</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>180,314</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,426</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>176,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,399</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,006</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>169,683</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>165,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>157,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,806</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>159,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>152,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,756</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,469</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>158,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,232</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>163,759</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,327</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>175,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>177,306</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,829</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>171,547</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>173,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,361</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>170,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>166,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>172,187</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>161,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,554</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>167,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>168,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,199</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>162,833</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>155,284</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>154,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>151,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>153,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>145,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>144,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>150,291</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>146,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>148,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,277</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>147,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>149,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,019</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>