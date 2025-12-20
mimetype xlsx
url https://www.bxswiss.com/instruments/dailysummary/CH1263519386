--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3ce7b971012e4f38" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf304404f9e6a4105" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R59a28954a384402b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9eaf367d95974749"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R05a7360ba8ba4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R59a28954a384402b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R294a47b9d4344d06" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9eaf367d95974749" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CF Crypto Web 3.0 ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1263519386</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...457 lines deleted...]
-        <x:is>
           <x:t>18.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>146,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,581</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>144,343</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>150,291</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>132,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,204</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>130,416</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>134,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,077</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,571</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,729</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>140,486</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,921</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,937</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,242</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,637</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,127</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,779</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,617</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,027</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>142,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,611</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,221</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,446</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,522</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>136,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,059</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,679</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,206</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>143,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>139,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>141,798</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>135,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,496</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>137,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>138,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,314</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,861</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,536</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,377</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,457</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,737</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,736</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,899</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,646</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,667</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,811</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>