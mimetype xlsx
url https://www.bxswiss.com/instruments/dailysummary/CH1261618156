--- v0 (2025-10-05)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4289d1de35dc42f8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193c47b5cfd349a8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0baf566123ed42b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a48c2b704e492c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8f7f56e69d3d4794" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0baf566123ed42b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c1daf3e03c423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a48c2b704e492c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.58% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>95,300</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>94,870</x:t>
+          <x:t>94,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,290</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...532 lines deleted...]
-          <x:t>95,530</x:t>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>