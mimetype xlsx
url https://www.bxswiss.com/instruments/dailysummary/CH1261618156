--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193c47b5cfd349a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7655e1e4b1944338" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb5a48c2b704e492c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c9a8d6ed9d4646"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30c1daf3e03c423d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb5a48c2b704e492c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e3e1ae53844660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c9a8d6ed9d4646" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.58% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...409 lines deleted...]
-          <x:t>95,840</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,580</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,660</x:t>
-[...193 lines deleted...]
-          <x:t>98,490</x:t>
+          <x:t>96,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>