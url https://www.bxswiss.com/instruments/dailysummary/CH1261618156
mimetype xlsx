--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7655e1e4b1944338" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a443bb4b3c4ec3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R12c9a8d6ed9d4646"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ac7e8d59b2e4cfe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re0e3e1ae53844660" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R12c9a8d6ed9d4646" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R586f31dca52146bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ac7e8d59b2e4cfe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.58% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>97,070</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,080</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,560</x:t>
-[...65 lines deleted...]
-          <x:t>21.11.2025</x:t>
+          <x:t>96,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>97,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,010</x:t>
-[...16 lines deleted...]
-          <x:t>97,500</x:t>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,790</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...519 lines deleted...]
-          <x:t>98,100</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>