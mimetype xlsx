--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd6a443bb4b3c4ec3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcced1d472a734619" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ac7e8d59b2e4cfe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507f8b4f034c47a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R586f31dca52146bb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ac7e8d59b2e4cfe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67a9ec82733046f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507f8b4f034c47a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.58% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,280</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>