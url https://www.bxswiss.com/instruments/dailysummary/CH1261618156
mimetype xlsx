--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcced1d472a734619" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R231407a654b14b1f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R507f8b4f034c47a6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf2135b97e69b489b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R67a9ec82733046f8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R507f8b4f034c47a6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf57655282861459b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf2135b97e69b489b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.58% p.a. Multi Barrier Reverse Convertible on Richemont, Nestlé, Novartis, Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618156</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>