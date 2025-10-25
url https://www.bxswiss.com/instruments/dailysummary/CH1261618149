--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb3e716bc601a4bba" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116cbc9760944089" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51d945f7204d4b83"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea9bf02e82ec4cf3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R01fed0dcea5e46d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51d945f7204d4b83" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8625ce55b246b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea9bf02e82ec4cf3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.22% p.a. Multi Barrier Reverse Convertible on ABB, Geberit, Holcim Amrize Basket, Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,470 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>97,830</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>97,380</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>96,900</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,900</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,710</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,660</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,000</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>