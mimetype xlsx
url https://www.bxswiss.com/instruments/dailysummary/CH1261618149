--- v1 (2025-10-25)
+++ v2 (2026-01-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R116cbc9760944089" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb2363debfa544d4" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea9bf02e82ec4cf3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd738f3c0b24f89"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5c8625ce55b246b8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea9bf02e82ec4cf3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb872bfe5c1a41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd738f3c0b24f89" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.22% p.a. Multi Barrier Reverse Convertible on ABB, Geberit, Holcim Amrize Basket, Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>96,000</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>