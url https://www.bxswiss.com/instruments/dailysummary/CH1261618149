--- v2 (2026-01-07)
+++ v3 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfb2363debfa544d4" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382e2307d2684239" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dd738f3c0b24f89"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab2e81486c64f10"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reb872bfe5c1a41ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dd738f3c0b24f89" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690a430716474385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab2e81486c64f10" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.22% p.a. Multi Barrier Reverse Convertible on ABB, Geberit, Holcim Amrize Basket, Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -578,28 +578,55 @@
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,810</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>93,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>92,470</x:t>
         </x:is>
       </x:c>
     </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>