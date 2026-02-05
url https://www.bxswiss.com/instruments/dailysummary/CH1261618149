--- v3 (2026-01-09)
+++ v4 (2026-02-05)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R382e2307d2684239" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b80b93a35140d5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reab2e81486c64f10"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree5bb442d5814bc1"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R690a430716474385" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reab2e81486c64f10" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raed6c4aa659e43e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree5bb442d5814bc1" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.22% p.a. Multi Barrier Reverse Convertible on ABB, Geberit, Holcim Amrize Basket, Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,179 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...376 lines deleted...]
-        <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...16 lines deleted...]
-          <x:t>92,470</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>