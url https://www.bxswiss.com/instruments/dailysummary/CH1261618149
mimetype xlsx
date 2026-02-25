--- v4 (2026-02-05)
+++ v5 (2026-02-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4b80b93a35140d5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc074f08f8f4f0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ree5bb442d5814bc1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b7e2ce507154a91"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raed6c4aa659e43e4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ree5bb442d5814bc1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16520d44a0e044c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b7e2ce507154a91" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.22% p.a. Multi Barrier Reverse Convertible on ABB, Geberit, Holcim Amrize Basket, Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,179 +149,172 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...103 lines deleted...]
-        <x:is>
           <x:t>26.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>