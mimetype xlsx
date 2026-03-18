--- v5 (2026-02-25)
+++ v6 (2026-03-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4bc074f08f8f4f0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4529db4380424e32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b7e2ce507154a91"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd7e18cdb3b684fd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R16520d44a0e044c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b7e2ce507154a91" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R523a74359e0c4833" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd7e18cdb3b684fd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.22% p.a. Multi Barrier Reverse Convertible on ABB, Geberit, Holcim Amrize Basket, Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618149</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,172 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26.01.2026</x:t>
-[...110 lines deleted...]
-        <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>