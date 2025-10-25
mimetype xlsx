--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R157bd325cfd0481a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035ac41c3d7a4f4a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3cc4b2ea8c94038"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01f7d6e7c34242e6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcfa27311945c4f88" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3cc4b2ea8c94038" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1986ca3b7a4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01f7d6e7c34242e6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.73% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>95,710</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,990</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.09.2025</x:t>
-[...484 lines deleted...]
-        <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,180</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>96,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,750</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>101,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>