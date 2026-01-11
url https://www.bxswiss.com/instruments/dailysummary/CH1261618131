--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R035ac41c3d7a4f4a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596ec61960684b78" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01f7d6e7c34242e6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4af6babb9304c0d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c1986ca3b7a4450" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01f7d6e7c34242e6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995c9b42897b4bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4af6babb9304c0d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.73% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>99,070</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>