--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R596ec61960684b78" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d70b1a31214cfc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re4af6babb9304c0d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114c78f207ab4197"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R995c9b42897b4bdf" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re4af6babb9304c0d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd43202ab03664b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114c78f207ab4197" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.73% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>98,120</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>