--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R17d70b1a31214cfc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9c74d5807674b1c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R114c78f207ab4197"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R51bfe0319f954824"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd43202ab03664b37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R114c78f207ab4197" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R247ecdbf08584300" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R51bfe0319f954824" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6.73% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Swiss Re</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618131</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...124 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>