--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0d1adae34f4250" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7a3d4420cb497f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd28796a2480d44b0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f02bc826b4e47a9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ree75227c6a1b40a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd28796a2480d44b0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16b28d56c694e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f02bc826b4e47a9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.85% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>93,960</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,640</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,520</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>93,620</x:t>
-[...625 lines deleted...]
-          <x:t>95,320</x:t>
+          <x:t>96,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>