--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ref7a3d4420cb497f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55822081d0d4be3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f02bc826b4e47a9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e9796b85fb489e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb16b28d56c694e31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f02bc826b4e47a9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13cdd5794f6a4055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e9796b85fb489e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.85% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>98,470</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>