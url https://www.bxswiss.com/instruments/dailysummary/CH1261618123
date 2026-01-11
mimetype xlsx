--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb55822081d0d4be3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red238e9ff5194efe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb9e9796b85fb489e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23bf307f1414618"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R13cdd5794f6a4055" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb9e9796b85fb489e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2a3835401b44fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23bf307f1414618" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.85% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...4 lines deleted...]
-          <x:t>96,920</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>96,860</x:t>
-[...227 lines deleted...]
-          <x:t>02.12.2025</x:t>
+          <x:t>97,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>98,090</x:t>
-[...4 lines deleted...]
-          <x:t>97,170</x:t>
+          <x:t>98,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>97,420</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...347 lines deleted...]
-          <x:t>97,950</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,730</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>