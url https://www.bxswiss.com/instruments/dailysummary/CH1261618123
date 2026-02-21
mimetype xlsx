--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red238e9ff5194efe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4421a35fab6b4c0f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re23bf307f1414618"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78766031c0b4411"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0d2a3835401b44fd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re23bf307f1414618" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b27eae377f540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78766031c0b4411" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.85% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,186 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>97,730</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>