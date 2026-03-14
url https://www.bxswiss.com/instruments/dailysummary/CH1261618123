--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4421a35fab6b4c0f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R486f9675b40f4adc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc78766031c0b4411"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2c8445693554f65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2b27eae377f540fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc78766031c0b4411" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R43fe7d5c22e54b84" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2c8445693554f65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.85% p.a. Multi Barrier Reverse Convertible on Nestlé, Novartis, Roche, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261618123</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,186 +149,165 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...117 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.02.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>