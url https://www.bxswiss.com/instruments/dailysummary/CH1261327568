--- v0 (2025-10-08)
+++ v1 (2025-11-07)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R63bd9278ddb54161" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f3893a08314b7c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ref4043df22434170"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4adda4ae841a4ea6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc5bf00bfd85243d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ref4043df22434170" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c96fded8e446e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4adda4ae841a4ea6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq USD Overnight Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261327568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...512 lines deleted...]
-          <x:t>03.10.2025</x:t>
+          <x:t>06.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,050</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>