--- v1 (2025-11-07)
+++ v2 (2026-01-09)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R56f3893a08314b7c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b31c5cad13f4a56" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4adda4ae841a4ea6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b06f58b10234bd2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40c96fded8e446e3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4adda4ae841a4ea6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b0ccb50d864be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b06f58b10234bd2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq USD Overnight Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261327568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>121,530</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>