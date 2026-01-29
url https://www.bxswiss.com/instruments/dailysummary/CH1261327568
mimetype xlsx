--- v2 (2026-01-09)
+++ v3 (2026-01-29)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2b31c5cad13f4a56" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361db42b36c148ea" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0b06f58b10234bd2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6861476fb2f14212"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8b0ccb50d864be6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0b06f58b10234bd2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cba5f2da9e4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6861476fb2f14212" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq USD Overnight Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261327568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,170</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -629,31 +305,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,330</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>