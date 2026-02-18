--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R361db42b36c148ea" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8299c68e46e841d7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6861476fb2f14212"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076762151d284747"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R97cba5f2da9e4c2e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6861476fb2f14212" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85312dd28d364eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076762151d284747" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq USD Overnight Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261327568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,409 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,570</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>