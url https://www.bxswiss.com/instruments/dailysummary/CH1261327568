--- v4 (2026-02-18)
+++ v5 (2026-03-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8299c68e46e841d7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0d19812bf7eb4af7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R076762151d284747"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8582d80332374bd7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R85312dd28d364eb7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R076762151d284747" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7dca8f4575a8492f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8582d80332374bd7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on Leonteq USD Overnight Return Index</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1261327568</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,482 +149,77 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...377 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,690</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,690</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,710</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -737,31 +332,463 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,090</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>