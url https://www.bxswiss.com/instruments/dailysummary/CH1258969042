--- v0 (2025-12-20)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R117f981c14bc4b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0fee8c24f4406c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ea253d53451481f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b8aa81148764d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R906b0affb442440c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ea253d53451481f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca960260db44d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b8aa81148764d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stacks Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1258969042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,497 +149,65 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...215 lines deleted...]
-          <x:t>28.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,661</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,693</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,817</x:t>
-[...219 lines deleted...]
-        <x:is>
           <x:t>2,559</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,634</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,477</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,479</x:t>
         </x:is>
       </x:c>
@@ -791,31 +359,274 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,167</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,086</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,107</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,014</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,971</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,033</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,251</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,256</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,149</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>