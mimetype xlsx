--- v1 (2026-01-11)
+++ v2 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2f0fee8c24f4406c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd845660dfb074d1e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5b8aa81148764d6b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69225213c6624a18"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1ca960260db44d99" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5b8aa81148764d6b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bdf405670ae4f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69225213c6624a18" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stacks Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1258969042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>2,477</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,119</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,174</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,116</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,286</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,072</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,974</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,994</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,897</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,191</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,426</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,386</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,164</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,787</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,707</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,664</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,558</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,644</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,717</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,747</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,702</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,351</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,407</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,479</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,417</x:t>
-[...409 lines deleted...]
-          <x:t>3,191</x:t>
+          <x:t>2,369</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,412</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,341</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,297</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>