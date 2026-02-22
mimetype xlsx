--- v2 (2026-01-31)
+++ v3 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd845660dfb074d1e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd363cbe2b0a437e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R69225213c6624a18"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd4037ea05548f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9bdf405670ae4f85" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R69225213c6624a18" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6d79f57e8b445f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd4037ea05548f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stacks Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1258969042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,401 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,592</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,644</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,488</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,624</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,337</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,219</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,353</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,463</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,421</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,443</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,478</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,301</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,316</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,089</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,304</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,049</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,091</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,064</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>