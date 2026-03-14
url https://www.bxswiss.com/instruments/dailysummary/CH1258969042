--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcd363cbe2b0a437e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra281615d07fe4154" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5dd4037ea05548f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7869d4073ed54043"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc6d79f57e8b445f6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5dd4037ea05548f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1a369133800f4ba8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7869d4073ed54043" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Stacks Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1258969042</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...215 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,071</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,982</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,112</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,027</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,137</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,172</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,064</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,353</x:t>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,224</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,134</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,118</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,141</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,966</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,998</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,046</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,007</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,921</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,981</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,898</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,919</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,959</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,859</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,939</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,179</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,176</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,192</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,102</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,012</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,153</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,121</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,139</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,151</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,086</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,127</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,063</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,353</x:t>
-[...70 lines deleted...]
-          <x:t>2,368</x:t>
+          <x:t>2,097</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,089</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,180</x:t>
-[...281 lines deleted...]
-          <x:t>2,046</x:t>
+          <x:t>2,232</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,084</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,156</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,129</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,081</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,087</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,029</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,062</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,007</x:t>
-[...4 lines deleted...]
-          <x:t>2,074</x:t>
+          <x:t>2,158</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>