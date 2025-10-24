--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R349ec2b3fa184ac8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8875ee9d2d034875" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1d75ba7b0df4d9e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14024a34f24c40e7"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rca38dc728a7140f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1d75ba7b0df4d9e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbf2e55f1484feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14024a34f24c40e7" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.72% p.a. Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1248692241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>32,970</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>31,850</x:t>
-[...161 lines deleted...]
-          <x:t>33,200</x:t>
+          <x:t>33,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>37,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>36,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,060</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,350</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...77 lines deleted...]
-          <x:t>33,920</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,580</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>