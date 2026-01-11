--- v1 (2025-10-24)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8875ee9d2d034875" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf4e7ac81ac2a47ad" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R14024a34f24c40e7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6e5f6dfc0268444e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9cbf2e55f1484feb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R14024a34f24c40e7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R255afa0b470f4e94" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6e5f6dfc0268444e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.72% p.a. Reverse Convertible on ams-OSRAM</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1248692241</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>33,580</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,160</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>