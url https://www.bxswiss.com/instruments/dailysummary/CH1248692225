--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9b86ae27913e4ad7" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e760de3ae542b9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8a37121fd39d4c3a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a42ea5f8554f4b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra50099e937034ee1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8a37121fd39d4c3a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c62a5a06ef2439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a42ea5f8554f4b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.53% p.a. Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1248692225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...382 lines deleted...]
-          <x:t>74,230</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>74,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>73,730</x:t>
-[...53 lines deleted...]
-          <x:t>71,880</x:t>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,960</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...185 lines deleted...]
-          <x:t>74,400</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,930</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>