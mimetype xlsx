--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb9e760de3ae542b9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f8692ca3ca440b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R52a42ea5f8554f4b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73559ed45b7d4a05"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1c62a5a06ef2439a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R52a42ea5f8554f4b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a4c1e51ff4446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73559ed45b7d4a05" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.53% p.a. Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1248692225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>71,930</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>60,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>