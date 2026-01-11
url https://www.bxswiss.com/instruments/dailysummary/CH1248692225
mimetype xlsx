--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf2f8692ca3ca440b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6637c4ffaa2041a9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R73559ed45b7d4a05"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6679f758c9c942dd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9a4c1e51ff4446c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R73559ed45b7d4a05" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2dba73e5df8f45ef" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6679f758c9c942dd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7.53% p.a. Reverse Convertible on Sika</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1248692225</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...225 lines deleted...]
-          <x:t>65,105</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>63,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>64,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>64,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>64,490</x:t>
-[...65 lines deleted...]
-          <x:t>63,720</x:t>
+          <x:t>65,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,820</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>63,980</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>63,095</x:t>
-[...328 lines deleted...]
-          <x:t>65,870</x:t>
+          <x:t>65,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,320</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>