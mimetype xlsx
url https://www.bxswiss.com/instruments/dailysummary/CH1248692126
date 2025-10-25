--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f07f606196345a8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4220953833438c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1321dd3cd6a5409d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b1c0ede9d647b2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Raf37307bdbdd4d14" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1321dd3cd6a5409d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b511c7e6ed4cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b1c0ede9d647b2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.87% p.a. Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1248692126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...144 lines deleted...]
-          <x:t>95,930</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>94,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>91,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>93,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>95,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>99,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>98,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>97,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,720</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,850</x:t>
-[...6 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>95,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>96,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>95,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>95,880</x:t>
-[...468 lines deleted...]
-          <x:t>98,490</x:t>
+          <x:t>95,820</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>