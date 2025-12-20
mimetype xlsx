--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f4220953833438c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbcbfc5bb9266445f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra1b1c0ede9d647b2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9b79ccd7c974fa3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9b511c7e6ed4cc8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra1b1c0ede9d647b2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00412a2511d949df" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9b79ccd7c974fa3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5.87% p.a. Reverse Convertible on Roche</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1248692126</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>95,820</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>100,875</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>