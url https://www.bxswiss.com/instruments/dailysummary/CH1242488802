--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R00d01bcc462344e8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4be1f58104d42dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R611ae73692324424"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d6d6828af6d4e56"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R959ab1484d1a4222" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R611ae73692324424" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2eda5c08bdb476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d6d6828af6d4e56" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242488802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...220 lines deleted...]
-          <x:t>17,805</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,715</x:t>
-[...43 lines deleted...]
-          <x:t>17,995</x:t>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,315</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,725</x:t>
-[...97 lines deleted...]
-          <x:t>18,255</x:t>
+          <x:t>17,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,115</x:t>
-[...247 lines deleted...]
-          <x:t>18,875</x:t>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>