--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re4be1f58104d42dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2ce51daa7a47c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6d6d6828af6d4e56"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4229fbba54d64fc0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb2eda5c08bdb476f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6d6d6828af6d4e56" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac17e7b32fd4e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4229fbba54d64fc0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242488802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...134 lines deleted...]
-          <x:t>01.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,705</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,985</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>18,715</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,875</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.10.2025</x:t>
-[...63 lines deleted...]
-          <x:t>19,075</x:t>
+          <x:t>19.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,055</x:t>
-[...10 lines deleted...]
-        <x:is>
           <x:t>19,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,195</x:t>
-[...306 lines deleted...]
-          <x:t>19,245</x:t>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>