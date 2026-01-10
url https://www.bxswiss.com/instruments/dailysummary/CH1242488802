--- v2 (2025-12-20)
+++ v3 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0b2ce51daa7a47c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0c530c88c04eff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4229fbba54d64fc0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3a928d740647f2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2ac17e7b32fd4e43" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4229fbba54d64fc0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965b12dc812044f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3a928d740647f2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242488802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>17,775</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,705</x:t>
-[...119 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>18,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>19,445</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...72 lines deleted...]
-          <x:t>19,275</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,075</x:t>
-[...107 lines deleted...]
-          <x:t>19,555</x:t>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,805</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...116 lines deleted...]
-          <x:t>19,735</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,085</x:t>
-[...139 lines deleted...]
-          <x:t>19,125</x:t>
+          <x:t>20,115</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>