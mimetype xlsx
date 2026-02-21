--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfc0c530c88c04eff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e4e9ca3368496e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d3a928d740647f2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d9c494342cd40c8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R965b12dc812044f4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d3a928d740647f2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47836683164b4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d9c494342cd40c8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242488802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>19,745</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,515</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>19,325</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>19,285</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,485</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>19,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>18,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,215</x:t>
-[...74 lines deleted...]
-        <x:is>
           <x:t>18,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,875</x:t>
-[...269 lines deleted...]
-          <x:t>20,115</x:t>
+          <x:t>18,645</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>