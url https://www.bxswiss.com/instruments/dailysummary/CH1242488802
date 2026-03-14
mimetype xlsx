--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc8e4e9ca3368496e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R634a97bcfa494f79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d9c494342cd40c8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra001d095602c43f5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47836683164b4ea7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d9c494342cd40c8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R25b1e17bec624f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra001d095602c43f5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf S&amp;P 500 Index®</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242488802</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,245</x:t>
-[...313 lines deleted...]
-          <x:t>06.02.2026</x:t>
+          <x:t>18,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>18,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18,885</x:t>
-[...279 lines deleted...]
-          <x:t>18,645</x:t>
+          <x:t>18,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,135</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>