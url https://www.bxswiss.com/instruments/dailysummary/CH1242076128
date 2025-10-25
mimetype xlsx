--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra9daf58e752749cb" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c6b60ac818476e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4d63bea256ce40ad"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9dba85cd29147cc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re4554026c7e14a72" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4d63bea256ce40ad" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedbff1a94854358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9dba85cd29147cc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Tesla Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242076128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...247 lines deleted...]
-          <x:t>4,325</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,740</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...207 lines deleted...]
-          <x:t>4,955</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,650</x:t>
-[...166 lines deleted...]
-          <x:t>4,745</x:t>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>