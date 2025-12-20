--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R59c6b60ac818476e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0cd705be964b5d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rf9dba85cd29147cc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3ddb9c0aaf4dd9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Reedbff1a94854358" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rf9dba85cd29147cc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38166b4684204126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3ddb9c0aaf4dd9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Tesla Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242076128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,805</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,885</x:t>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,760</x:t>
-[...21 lines deleted...]
-          <x:t>4,680</x:t>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,880</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25.09.2025</x:t>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,955</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...578 lines deleted...]
-          <x:t>4,890</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>