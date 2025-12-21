--- v2 (2025-12-20)
+++ v3 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rdc0cd705be964b5d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0ffeafffd04cf0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbe3ddb9c0aaf4dd9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fd801d115c54ba4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R38166b4684204126" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbe3ddb9c0aaf4dd9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098bb917692941b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fd801d115c54ba4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Tesla Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242076128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>19.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,280</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,465</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,430</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>