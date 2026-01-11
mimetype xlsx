--- v3 (2025-12-21)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad0ffeafffd04cf0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeabcb9472734d92" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6fd801d115c54ba4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4035a00df0d4e61"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R098bb917692941b0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6fd801d115c54ba4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e9e946e89f43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4035a00df0d4e61" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Tesla Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242076128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>4,730</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,070</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>5,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,880</x:t>
-[...323 lines deleted...]
-          <x:t>5,520</x:t>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>