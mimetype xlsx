--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfeabcb9472734d92" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a050ba7b5b4a49" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd4035a00df0d4e61"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3e23405654d4b65"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R78e9e946e89f43f1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd4035a00df0d4e61" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92cef0ef2fc430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3e23405654d4b65" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Tesla Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242076128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...360 lines deleted...]
-          <x:t>5,020</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...82 lines deleted...]
-          <x:t>4,925</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>