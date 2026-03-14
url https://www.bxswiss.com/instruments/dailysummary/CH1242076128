--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb2a050ba7b5b4a49" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3836154c64864cc5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd3e23405654d4b65"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde7604c77434459a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re92cef0ef2fc430e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd3e23405654d4b65" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra4150e98a9a44ef0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde7604c77434459a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Tesla Inc</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1242076128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...41 lines deleted...]
-          <x:t>4,450</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,635</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...177 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,665</x:t>
-[...6 lines deleted...]
-          <x:t>02.02.2026</x:t>
+          <x:t>4,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,400</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,475</x:t>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,300</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,340</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,420</x:t>
-[...43 lines deleted...]
-          <x:t>4,465</x:t>
+          <x:t>4,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,240</x:t>
-[...16 lines deleted...]
-          <x:t>4,245</x:t>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>3,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>4,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>4,055</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>06.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,290</x:t>
-[...279 lines deleted...]
-          <x:t>4,230</x:t>
+          <x:t>4,075</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>