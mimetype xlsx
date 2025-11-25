--- v0 (2025-10-15)
+++ v1 (2025-11-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re8f0bb5bba4f4bb9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1924bb349241f9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R70f13af2664345ee"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde297d23c2ff42f6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6cc7f6854cab44a6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R70f13af2664345ee" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6539e94814a14558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde297d23c2ff42f6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Core Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1209763130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>15.09.2025</x:t>
-[...252 lines deleted...]
-          <x:t>11,713</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,779</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,401</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11,638</x:t>
-[...323 lines deleted...]
-          <x:t>11,755</x:t>
+          <x:t>11,473</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,909</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,614</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,592</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,417</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,742</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,701</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,357</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,182</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,814</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,777</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,416</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,471</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,612</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,209</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,236</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,099</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,562</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,791</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,366</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>