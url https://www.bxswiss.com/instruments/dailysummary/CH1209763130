--- v1 (2025-11-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rac1924bb349241f9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45eb64c6f80f46e0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rde297d23c2ff42f6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dcd481f02ae41b9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6539e94814a14558" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rde297d23c2ff42f6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41863702985415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dcd481f02ae41b9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Core Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1209763130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.10.2025</x:t>
-[...414 lines deleted...]
-          <x:t>9,495</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,852</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,847</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,294</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,073</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,204</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,567</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,041</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,267</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,744</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,487</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,718</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,949</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,913</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,454</x:t>
-[...16 lines deleted...]
-          <x:t>9,436</x:t>
+          <x:t>9,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,092</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,318</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,969</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,053</x:t>
-[...134 lines deleted...]
-          <x:t>8,485</x:t>
+          <x:t>8,246</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,892</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,279</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,101</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,087</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,282</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,461</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,297</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,281</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,774</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>