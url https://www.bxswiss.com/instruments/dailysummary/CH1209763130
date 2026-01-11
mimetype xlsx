--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R45eb64c6f80f46e0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc987c72943a8415a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4dcd481f02ae41b9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05cba1cca6584967"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra41863702985415d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4dcd481f02ae41b9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfa38ac9631470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05cba1cca6584967" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Core Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1209763130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...166 lines deleted...]
-          <x:t>8,733</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,779</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,431</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,212</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,051</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,326</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,811</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,766</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,881</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,344</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,302</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,587</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,616</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,872</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,922</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,631</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,601</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,773</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,589</x:t>
-[...151 lines deleted...]
-          <x:t>9,418</x:t>
+          <x:t>8,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,523</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,732</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,672</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,239</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,194</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,301</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,392</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,384</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,535</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...40 lines deleted...]
-          <x:t>08.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,556</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,306</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,219</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,133</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,166</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,282</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,461</x:t>
-[...252 lines deleted...]
-          <x:t>8,745</x:t>
+          <x:t>9,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,234</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>