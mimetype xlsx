--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc987c72943a8415a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae3155f8f3c4332" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05cba1cca6584967"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R472b4b4fc49a4261"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Radfa38ac9631470e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05cba1cca6584967" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be22b0abfdb4acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R472b4b4fc49a4261" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Core Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1209763130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>9,234</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,132</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,726</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,803</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,656</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,841</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,449</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,663</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,784</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,824</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,563</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,581</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,629</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,237</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,308</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,391</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,436</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,396</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,464</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,564</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,919</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,953</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,761</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,356</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,347</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,861</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,439</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,531</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,536</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,051</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,121</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,152</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,691</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,442</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,854</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,357</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,911</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,838</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>