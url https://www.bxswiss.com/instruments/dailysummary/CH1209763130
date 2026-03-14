--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1ae3155f8f3c4332" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44ff35047ee34680" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R472b4b4fc49a4261"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc9ec8219fc9c4bfc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be22b0abfdb4acb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R472b4b4fc49a4261" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9ed5c33f9f6f4ac7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc9ec8219fc9c4bfc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Ethereum Core Staking ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1209763130</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...323 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,762</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,731</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,721</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,509</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,602</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,669</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,416</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,504</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,832</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,589</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,749</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,598</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,646</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,807</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,629</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,647</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,651</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,487</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,674</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,514</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,371</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,149</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,281</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,402</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,827</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,394</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,957</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,752</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,812</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,834</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,472</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,512</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,991</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,934</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,769</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,802</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,776</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,181</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,234</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,946</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,994</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,996</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,654</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,687</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,882</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,987</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,782</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,152</x:t>
-[...306 lines deleted...]
-          <x:t>5,600</x:t>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,924</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,114</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,096</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,184</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>