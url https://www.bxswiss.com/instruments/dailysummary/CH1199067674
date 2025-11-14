--- v0 (2025-10-02)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R650d311abeb640ce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca79bbc8150241cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7cd2a207834948e3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc09e8bf2acd649d6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1f4e8c35c0aa4fee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7cd2a207834948e3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b1b063ec644649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc09e8bf2acd649d6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1199067674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...122 lines deleted...]
-          <x:t>20,989</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,037</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,201</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,958</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,468</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,539</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,066</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,339</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,471</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,226</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,897</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,126</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,082</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,469</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,736</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,307</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,657</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,257</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,817</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,986</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,949</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,746</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,017</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,624</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,554</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,074</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,229</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,534</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,309</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,902</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,096</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.09.2025</x:t>
-[...505 lines deleted...]
-          <x:t>22,782</x:t>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,489</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,822</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,659</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,097</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,542</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,037</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,977</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,594</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,649</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,069</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,461</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,466</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,491</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,106</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,229</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,076</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,686</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,078</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,261</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,703</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,091</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>