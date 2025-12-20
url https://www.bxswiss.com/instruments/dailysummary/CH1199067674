--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rca79bbc8150241cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d4245508094221" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc09e8bf2acd649d6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88527e6df3264826"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29b1b063ec644649" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc09e8bf2acd649d6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb26d1f9f06e6480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88527e6df3264826" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1199067674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>19,091</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,497</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,733</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,934</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,029</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,101</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,414</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,818</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,801</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,809</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,549</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,492</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,586</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,061</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,197</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,521</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,326</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,801</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,892</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,507</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,537</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,672</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,114</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,277</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,412</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,956</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,217</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,772</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>