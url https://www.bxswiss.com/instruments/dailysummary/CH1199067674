--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R38d4245508094221" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dadabde21bf44dc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R88527e6df3264826"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd1b28a242f407c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb26d1f9f06e6480b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R88527e6df3264826" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4efc42155533402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd1b28a242f407c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1199067674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...14 lines deleted...]
-          <x:t>17,195</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,819</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,719</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,217</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...229 lines deleted...]
-          <x:t>17,521</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,262</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,907</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,977</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,016</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,422</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,339</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,649</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,136</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,366</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,942</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,444</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,671</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,772</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,147</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,856</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,499</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,327</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,538</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,864</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,896</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,481</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,439</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,439</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,573</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>18,031</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,519</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,804</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,501</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,879</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,587</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,624</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,639</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,287</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,397</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,997</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,269</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>17,956</x:t>
-[...215 lines deleted...]
-          <x:t>16,772</x:t>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,461</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>