--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2dadabde21bf44dc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240589c953304c80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9dd1b28a242f407c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44289e0e22754a6f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4efc42155533402a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9dd1b28a242f407c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9eb343e47294c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44289e0e22754a6f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1199067674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...166 lines deleted...]
-          <x:t>16,470</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,757</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,609</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,942</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>16,444</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,071</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,926</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,671</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...266 lines deleted...]
-          <x:t>17,461</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,826</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,337</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,429</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,999</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,236</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,477</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,117</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,433</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,124</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,057</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,272</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,976</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,727</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,596</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,169</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,159</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,582</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,722</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,104</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,322</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,329</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,626</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,917</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,951</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,969</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,011</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,746</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,604</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,756</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,109</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,252</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,352</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,113</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,164</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,154</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,874</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,346</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,563</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,579</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,272</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,599</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,379</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,238</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,557</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,652</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,447</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>