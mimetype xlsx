--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R240589c953304c80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R935b96e56a984c1b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R44289e0e22754a6f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2b182162dad44b73"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc9eb343e47294c69" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R44289e0e22754a6f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R40fc096955024374" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2b182162dad44b73" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21Shares Bitcoin Core ETP</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1199067674</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,455 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...403 lines deleted...]
-        <x:is>
           <x:t>10.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,604</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,756</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,685</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,557</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,652</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,447</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,142</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,031</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,682</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,904</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,551</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,799</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,992</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,974</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,454</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,479</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,567</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,107</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,151</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,001</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,727</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,886</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,887</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,586</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,419</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,694</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,262</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,221</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,724</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,528</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,912</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,276</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,214</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,926</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,216</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,816</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,111</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,021</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,202</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,106</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,477</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,891</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,407</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,448</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>