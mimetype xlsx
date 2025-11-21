--- v0 (2025-10-04)
+++ v1 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc89cd206830e459c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7c854826464103" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R075cede6b8c04ad1"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb63049470e4fae"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R468f15e293c64d09" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R075cede6b8c04ad1" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R842aa3a9cad14a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb63049470e4fae" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173492278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,575</x:t>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,565</x:t>
-[...620 lines deleted...]
-          <x:t>2,575</x:t>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>