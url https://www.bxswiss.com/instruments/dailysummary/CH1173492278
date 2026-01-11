--- v1 (2025-11-21)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe7c854826464103" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d412c9494454a79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbeb63049470e4fae"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e406afbecc4cbf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R842aa3a9cad14a37" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbeb63049470e4fae" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R940d261c2e54465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e406afbecc4cbf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173492278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,605</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>