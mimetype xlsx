--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9d412c9494454a79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce56d3325c94cbe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46e406afbecc4cbf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0b09677d264fe3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R940d261c2e54465f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46e406afbecc4cbf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2628040961ab4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0b09677d264fe3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173492278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,575</x:t>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,570</x:t>
-[...6 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,565</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,545</x:t>
-[...308 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,535</x:t>
-[...63 lines deleted...]
-          <x:t>2,535</x:t>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>