--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2ce56d3325c94cbe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53044ec49b914908" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6a0b09677d264fe3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R92c5e82bef3741ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2628040961ab4ab0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6a0b09677d264fe3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R437ec4b195814b11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R92c5e82bef3741ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173492278</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,505 +149,127 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,565</x:t>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...123 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,535</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...280 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,550</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>