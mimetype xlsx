--- v0 (2025-10-04)
+++ v1 (2025-10-24)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R31190e1bd11b4fb5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d68a69c57e486e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc889c4692f574b80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb4d4f9a67d4624"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7e032f62dae84eed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc889c4692f574b80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fd9997d6d64e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb4d4f9a67d4624" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173492039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>14,825</x:t>
+          <x:t>22.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,405</x:t>
-[...6 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>14,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,195</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,620</x:t>
+          <x:t>14,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...77 lines deleted...]
-          <x:t>14,295</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,460</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...5 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,475</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,690</x:t>
-[...166 lines deleted...]
-          <x:t>14,090</x:t>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,115</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...320 lines deleted...]
-          <x:t>14,020</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>