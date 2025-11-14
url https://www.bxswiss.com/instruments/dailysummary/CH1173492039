--- v1 (2025-10-24)
+++ v2 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc6d68a69c57e486e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd6dfc91c18849f0" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbdb4d4f9a67d4624"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb639e26d1d4fcd"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84fd9997d6d64e3c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbdb4d4f9a67d4624" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R557757f66344418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb639e26d1d4fcd" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173492039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>22.09.2025</x:t>
-[...63 lines deleted...]
-          <x:t>14,175</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,125</x:t>
-[...16 lines deleted...]
-          <x:t>14,235</x:t>
+          <x:t>13,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,155</x:t>
-[...21 lines deleted...]
-          <x:t>14,185</x:t>
+          <x:t>13,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...509 lines deleted...]
-          <x:t>13,530</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,830</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>