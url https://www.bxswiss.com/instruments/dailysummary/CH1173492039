--- v2 (2025-11-14)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbd6dfc91c18849f0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336a8a72f6ed4389" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4eb639e26d1d4fcd"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1abe721b21a94c80"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R557757f66344418f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4eb639e26d1d4fcd" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69808789a2e644af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1abe721b21a94c80" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173492039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...640 lines deleted...]
-          <x:t>14,830</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>