--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R336a8a72f6ed4389" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ba0bfc7dae24929" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1abe721b21a94c80"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R933d1044dd124ef2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R69808789a2e644af" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1abe721b21a94c80" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8a07089fd0524df3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R933d1044dd124ef2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf UniCredit SpA</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173492039</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...68 lines deleted...]
-          <x:t>15,825</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,215</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>16,250</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>