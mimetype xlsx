--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rebd5218ce20943a6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193aa702ceb84e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc60b39bf55894176"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7890aec22d64c27"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8ca98273bc444f20" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc60b39bf55894176" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30dd6bfe35ac4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7890aec22d64c27" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>1,380</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,270</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-          <x:t>03.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,330</x:t>
-        </x:is>
-[...602 lines deleted...]
-          <x:t>1,100</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>