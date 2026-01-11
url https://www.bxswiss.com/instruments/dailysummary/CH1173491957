--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R193aa702ceb84e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098a80c59a3842ef" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra7890aec22d64c27"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2525b2ae0034533"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R30dd6bfe35ac4f34" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra7890aec22d64c27" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9268a51086cf4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2525b2ae0034533" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...593 lines deleted...]
-          <x:t>23.10.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,330</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...38 lines deleted...]
-          <x:t>1,330</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>