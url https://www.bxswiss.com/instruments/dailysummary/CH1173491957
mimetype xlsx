--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R098a80c59a3842ef" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R793a6d92834f4e3a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd2525b2ae0034533"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f90ac60caa4011"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9268a51086cf4716" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd2525b2ae0034533" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R272b25991b704dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f90ac60caa4011" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...31 lines deleted...]
-          <x:t>1,520</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,480</x:t>
-[...285 lines deleted...]
-        <x:is>
           <x:t>1,640</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...119 lines deleted...]
-          <x:t>1,490</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>