--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R793a6d92834f4e3a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R57ddd5ab64fa4dd3" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0f90ac60caa4011"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49e5dbe006db483b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R272b25991b704dcb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0f90ac60caa4011" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d59379c461442a8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49e5dbe006db483b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491957</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,492 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...311 lines deleted...]
-          <x:t>2,110</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...20 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,090</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>2,100</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,150</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,090</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>2,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,320</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,390</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>3,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>