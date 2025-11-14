--- v0 (2025-10-04)
+++ v1 (2025-11-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6ba34b36fc524462" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bbf09f4b0bd4e63" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R811247bfb048452f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f69eba1dea4467"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd357b75c102944dd" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R811247bfb048452f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c9dedf344354403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f69eba1dea4467" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>0,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,050</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,150</x:t>
-[...16 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>1,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,020</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,080</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>1,030</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,105</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>0,865</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>