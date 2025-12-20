--- v1 (2025-11-14)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bbf09f4b0bd4e63" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013e1961f8e24146" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc6f69eba1dea4467"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6c0b41ffd04fe0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6c9dedf344354403" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc6f69eba1dea4467" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c63e7bff744d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6c0b41ffd04fe0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...554 lines deleted...]
-          <x:t>1,085</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,125</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>1,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,245</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>1,220</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,220</x:t>
-[...31 lines deleted...]
-          <x:t>1,300</x:t>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>