--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R013e1961f8e24146" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2d81e2adcb45cd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1a6c0b41ffd04fe0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc46db3bd3eaa4d5a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R47c63e7bff744d26" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1a6c0b41ffd04fe0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196c71e2eb934906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc46db3bd3eaa4d5a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,280</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,210</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>1,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>1,255</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...13 lines deleted...]
-          <x:t>1,350</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,200</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,260</x:t>
-[...16 lines deleted...]
-          <x:t>1,315</x:t>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,155</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,255</x:t>
-        </x:is>
-[...570 lines deleted...]
-          <x:t>1,280</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>