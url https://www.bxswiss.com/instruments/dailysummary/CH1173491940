--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5a2d81e2adcb45cd" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7b4cff4f20485c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc46db3bd3eaa4d5a"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded53b68baa44307"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R196c71e2eb934906" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc46db3bd3eaa4d5a" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e3085b1c0f40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded53b68baa44307" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...451 lines deleted...]
-          <x:t>1,255</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,700</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>