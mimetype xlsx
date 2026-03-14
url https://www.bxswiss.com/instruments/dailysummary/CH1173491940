--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2a7b4cff4f20485c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7a24871d17f24091" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rded53b68baa44307"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8c397f99a32a486c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R06e3085b1c0f40f3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rded53b68baa44307" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd0b293a872dd4baa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8c397f99a32a486c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf TotalEnergies SE</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491940</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,465 +149,87 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...284 lines deleted...]
-          <x:t>1,880</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,945</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...62 lines deleted...]
-          <x:t>1,870</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>1,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>1,860</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>2,090</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>1,915</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,085</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,125</x:t>
         </x:is>
       </x:c>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,760</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>