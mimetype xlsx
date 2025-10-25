--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8d7bf648110a437d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a256ff618984418" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rce9da78aadf7420b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R001ccb3215fb4a9d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R81a46220365e46c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rce9da78aadf7420b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R881ee0b55967402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R001ccb3215fb4a9d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Netflix AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,105</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,565</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>7,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>8,095</x:t>
-[...6 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>8,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>7,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>8,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...536 lines deleted...]
-          <x:t>7,885</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,735</x:t>
-[...53 lines deleted...]
-          <x:t>7,605</x:t>
+          <x:t>7,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,145</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>