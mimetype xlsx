--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1a256ff618984418" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5833ce06ec7a4944" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R001ccb3215fb4a9d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7248509ee7d04ea2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R881ee0b55967402c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R001ccb3215fb4a9d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af0cdfb60fc490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7248509ee7d04ea2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Netflix AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>7,145</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>