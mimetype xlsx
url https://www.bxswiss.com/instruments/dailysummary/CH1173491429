--- v2 (2026-01-11)
+++ v3 (2026-01-12)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5833ce06ec7a4944" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ee842b032bc47fe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7248509ee7d04ea2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c1c0f10350b48ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9af0cdfb60fc490b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7248509ee7d04ea2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb90c5294df149ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c1c0f10350b48ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Netflix AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,77 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...25 lines deleted...]
-        <x:is>
           <x:t>11.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>5,855</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>