--- v3 (2026-01-12)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5ee842b032bc47fe" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4217ad94c294eac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R1c1c0f10350b48ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R195554de82274b8d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcb90c5294df149ab" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R1c1c0f10350b48ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8c34fbe17841f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R195554de82274b8d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Netflix AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
-[...424 lines deleted...]
-          <x:t>5,485</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>