--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb4217ad94c294eac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R46c100ff8afe4eeb" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R195554de82274b8d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc954e91830ce447f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b8c34fbe17841f0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R195554de82274b8d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb522e4dad3d1434b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc954e91830ce447f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Netflix AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173491429</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,905</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,135</x:t>
+          <x:t>4,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>5,005</x:t>
-[...168 lines deleted...]
-          <x:t>30.01.2026</x:t>
+          <x:t>4,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>4,895</x:t>
-[...31 lines deleted...]
-          <x:t>4,805</x:t>
+          <x:t>4,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...143 lines deleted...]
-          <x:t>4,685</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>4,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>4,905</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...222 lines deleted...]
-          <x:t>4,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>