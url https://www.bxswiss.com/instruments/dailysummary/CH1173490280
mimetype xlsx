--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rff4c9b3435814da0" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53be7128350c43e2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4863616f345649c7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f77c736a7224e5c"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re3df922f02e847c4" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4863616f345649c7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac53ff9f10445fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f77c736a7224e5c" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Commerzbank AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173490280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...31 lines deleted...]
-          <x:t>6,430</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,465</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>6,440</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,455</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,535</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,350</x:t>
-[...75 lines deleted...]
-          <x:t>6,535</x:t>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,260</x:t>
-[...21 lines deleted...]
-          <x:t>6,040</x:t>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,145</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>8,655</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,045</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...15 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,085</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...180 lines deleted...]
-          <x:t>6,515</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,315</x:t>
-[...107 lines deleted...]
-          <x:t>6,325</x:t>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,855</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>