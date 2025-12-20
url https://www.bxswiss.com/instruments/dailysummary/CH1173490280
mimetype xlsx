--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R53be7128350c43e2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22002abc4f2a49ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0f77c736a7224e5c"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R730b0e1dc5fc4716"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcac53ff9f10445fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0f77c736a7224e5c" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d44af3d16045d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R730b0e1dc5fc4716" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Commerzbank AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173490280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...36 lines deleted...]
-          <x:t>6,415</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,295</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,410</x:t>
-[...21 lines deleted...]
-          <x:t>6,410</x:t>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,505</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...8 lines deleted...]
-          <x:t>6,515</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,405</x:t>
-[...544 lines deleted...]
-          <x:t>5,855</x:t>
+          <x:t>6,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>