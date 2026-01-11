--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R22002abc4f2a49ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93e24dc97c9c449a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R730b0e1dc5fc4716"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5e22e7c2b547fe"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95d44af3d16045d1" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R730b0e1dc5fc4716" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0558e419ec08489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5e22e7c2b547fe" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Commerzbank AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173490280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...188 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,885</x:t>
-[...156 lines deleted...]
-          <x:t>6,890</x:t>
+          <x:t>7,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,825</x:t>
-[...16 lines deleted...]
-          <x:t>6,805</x:t>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>6,795</x:t>
+          <x:t>7,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,895</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>7,080</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>6,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,070</x:t>
-[...107 lines deleted...]
-          <x:t>7,240</x:t>
+          <x:t>6,970</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>