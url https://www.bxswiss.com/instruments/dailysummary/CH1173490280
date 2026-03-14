--- v3 (2026-01-11)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R93e24dc97c9c449a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra7bb62e44a2a4a36" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0c5e22e7c2b547fe"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re799cabf1bc64df3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0558e419ec08489f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0c5e22e7c2b547fe" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d75f862c8994517" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re799cabf1bc64df3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Long Mini Future auf Commerzbank AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173490280</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...41 lines deleted...]
-          <x:t>6,975</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,125</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,955</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,045</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>12.12.2025</x:t>
-[...225 lines deleted...]
-          <x:t>7,185</x:t>
+          <x:t>27.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>7,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>7,070</x:t>
-[...161 lines deleted...]
-          <x:t>6,970</x:t>
+          <x:t>7,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>6,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>5,570</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>