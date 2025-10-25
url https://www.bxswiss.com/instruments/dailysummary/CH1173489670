--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3128f988d87c4212" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef1a1e987a04115" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7884ff50a8cc4ee8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16faef9f7f3432b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc4fa21913c5e42c0" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7884ff50a8cc4ee8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe4f742f1f344cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16faef9f7f3432b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,185</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,165</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,235</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,245</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...377 lines deleted...]
-          <x:t>23.09.2025</x:t>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,195</x:t>
-        </x:is>
-[...229 lines deleted...]
-          <x:t>2,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>