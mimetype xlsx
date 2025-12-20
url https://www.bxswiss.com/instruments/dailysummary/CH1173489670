--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0ef1a1e987a04115" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6000e218a7d4983" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb16faef9f7f3432b"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5be442c6341549a0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe4f742f1f344cc7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb16faef9f7f3432b" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233fc2d2ac314c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5be442c6341549a0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>2,195</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>