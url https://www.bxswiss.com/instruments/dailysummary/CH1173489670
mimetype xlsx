--- v2 (2025-12-20)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6000e218a7d4983" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d526b18fed4f16" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R5be442c6341549a0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01392e83d2314db5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R233fc2d2ac314c0d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R5be442c6341549a0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7569c1162cb04774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01392e83d2314db5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,905</x:t>
-[...165 lines deleted...]
-        <x:is>
           <x:t>2,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,745</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>2,805</x:t>
-        </x:is>
-[...413 lines deleted...]
-          <x:t>2,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>