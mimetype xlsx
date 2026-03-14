--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc4d526b18fed4f16" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7bc25d22d0c74e60" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01392e83d2314db5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R38c1ac1347b445a6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7569c1162cb04774" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01392e83d2314db5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rf51560a7450e40a3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R38c1ac1347b445a6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Sonova Holding AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489670</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...274 lines deleted...]
-          <x:t>2,545</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,795</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,645</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,655</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...13 lines deleted...]
-          <x:t>04.02.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,665</x:t>
-[...48 lines deleted...]
-          <x:t>2,585</x:t>
+          <x:t>2,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,585</x:t>
-[...92 lines deleted...]
-          <x:t>12.02.2026</x:t>
+          <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,715</x:t>
-[...48 lines deleted...]
-          <x:t>2,765</x:t>
+          <x:t>2,855</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,895</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,765</x:t>
-[...65 lines deleted...]
-          <x:t>19.02.2026</x:t>
+          <x:t>2,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,805</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,815</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,865</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,745</x:t>
+          <x:t>2,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,805</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>