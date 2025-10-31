--- v0 (2025-10-05)
+++ v1 (2025-10-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rad6aae8bc46e4e21" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c55cee71f340f2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ed8feb5a5674015"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46bc8d41d1ae48ca"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc631c99236a74342" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ed8feb5a5674015" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00699a6ad7874af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46bc8d41d1ae48ca" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,576 +149,90 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>03.09.2025</x:t>
-[...458 lines deleted...]
-          <x:t>26.09.2025</x:t>
+          <x:t>29.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,425</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...42 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>01.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
@@ -764,31 +278,544 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>