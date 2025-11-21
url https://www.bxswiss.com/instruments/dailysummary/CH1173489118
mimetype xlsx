--- v1 (2025-10-31)
+++ v2 (2025-11-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R44c55cee71f340f2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34efeaca2fa34645" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R46bc8d41d1ae48ca"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0821a36123c4cc3"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R00699a6ad7874af3" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R46bc8d41d1ae48ca" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c8384ccec84668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0821a36123c4cc3" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...117 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,405</x:t>
-[...6 lines deleted...]
-          <x:t>06.10.2025</x:t>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>2,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...452 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>