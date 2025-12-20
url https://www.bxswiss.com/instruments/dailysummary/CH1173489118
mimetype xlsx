--- v2 (2025-11-21)
+++ v3 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R34efeaca2fa34645" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R825972803ba14b32" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc0821a36123c4cc3"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1b36540a51471d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R18c8384ccec84668" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc0821a36123c4cc3" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c0ba59946c4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1b36540a51471d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.10.2025</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.10.2025</x:t>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...600 lines deleted...]
-          <x:t>2,425</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>