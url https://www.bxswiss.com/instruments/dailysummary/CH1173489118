--- v3 (2025-12-20)
+++ v4 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R825972803ba14b32" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7acaf3e9a94dfa" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4a1b36540a51471d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7457b990f8554d19"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R04c0ba59946c4b59" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4a1b36540a51471d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde39b51cc9b44804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7457b990f8554d19" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...198 lines deleted...]
-          <x:t>2,415</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>28.11.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,405</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,405</x:t>
-[...404 lines deleted...]
-          <x:t>2,395</x:t>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>