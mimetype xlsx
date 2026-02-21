--- v4 (2026-01-11)
+++ v5 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raf7acaf3e9a94dfa" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbefe95e14aec4b58" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7457b990f8554d19"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0375ba1e66548d0"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rde39b51cc9b44804" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7457b990f8554d19" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d45731c610b433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0375ba1e66548d0" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,405</x:t>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,400</x:t>
-[...6 lines deleted...]
-          <x:t>11.12.2025</x:t>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>12.12.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,395</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...313 lines deleted...]
-          <x:t>07.01.2026</x:t>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,365</x:t>
-[...63 lines deleted...]
-          <x:t>2,365</x:t>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>