--- v5 (2026-02-21)
+++ v6 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbefe95e14aec4b58" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rede7cf397f214d6f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra0375ba1e66548d0"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3a774879a0484067"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4d45731c610b433d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra0375ba1e66548d0" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R2312a93debb04e60" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3a774879a0484067" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Short Mini Future auf Zur Rose Group AG</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1173489118</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,509 +149,131 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,395</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...126 lines deleted...]
-          <x:t>2,385</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>2,365</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...84 lines deleted...]
-          <x:t>03.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>2,375</x:t>
+          <x:t>2,365</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,380</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>04.02.2026</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>13.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,375</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -764,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>2,415</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>