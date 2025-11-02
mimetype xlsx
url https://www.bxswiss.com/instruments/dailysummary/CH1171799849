--- v0 (2025-10-07)
+++ v1 (2025-11-02)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1e85a274d6174e46" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6506e3f8d0b7420a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re261c739dba7478d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8469e80168c74ca5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R884f4d39331c4796" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re261c739dba7478d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4038781463584f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8469e80168c74ca5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss Morningcall Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...14 lines deleted...]
-          <x:t>117,990</x:t>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,250</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>09.09.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,710</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>118,870</x:t>
-[...48 lines deleted...]
-          <x:t>119,770</x:t>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,130</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...465 lines deleted...]
-          <x:t>118,950</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,210</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>