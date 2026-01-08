--- v1 (2025-11-02)
+++ v2 (2026-01-08)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6506e3f8d0b7420a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74bde1ca09164cce" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8469e80168c74ca5"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc95dfac0f1f4a1f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4038781463584f31" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8469e80168c74ca5" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8faeb0a1338d485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc95dfac0f1f4a1f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss Morningcall Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...593 lines deleted...]
-          <x:t>31.10.2025</x:t>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,710</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,550</x:t>
-[...9 lines deleted...]
-          <x:t>121,210</x:t>
+          <x:t>122,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>