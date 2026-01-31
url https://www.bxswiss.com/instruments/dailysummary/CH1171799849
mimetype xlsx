--- v2 (2026-01-08)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R74bde1ca09164cce" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f0d9ab6f62c4b3e" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rfc95dfac0f1f4a1f"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d47839bed74f03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8faeb0a1338d485d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rfc95dfac0f1f4a1f" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d7a8ecea674123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d47839bed74f03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss Morningcall Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,424 +149,73 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.12.2025</x:t>
-[...14 lines deleted...]
-          <x:t>123,830</x:t>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,550</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...327 lines deleted...]
-          <x:t>30.12.2025</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,290</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>124,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>125,290</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...8 lines deleted...]
-      </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>05.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,830</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>126,890</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,790</x:t>
@@ -602,31 +251,490 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>