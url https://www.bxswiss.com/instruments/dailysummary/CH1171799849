--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R3f0d9ab6f62c4b3e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9b1b1cb84c425d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R49d47839bed74f03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2178c0b25da24049"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re8d7a8ecea674123" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R49d47839bed74f03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9c7519e7474c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2178c0b25da24049" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss Morningcall Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...53 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,430</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>129,550</x:t>
-[...26 lines deleted...]
-          <x:t>129,590</x:t>
+          <x:t>126,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,270</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>128,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>125,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>128,870</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>08.01.2026</x:t>
-[...4 lines deleted...]
-          <x:t>128,370</x:t>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>129,130</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,290</x:t>
-[...134 lines deleted...]
-          <x:t>130,810</x:t>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>131,790</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...293 lines deleted...]
-          <x:t>126,670</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>