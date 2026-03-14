--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6b9b1b1cb84c425d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R40f49e1983e44e6b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2178c0b25da24049"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R651e281af4de4f8a"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4c9c7519e7474c5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2178c0b25da24049" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R794f933464a84af2" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R651e281af4de4f8a" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on BX Swiss Morningcall Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799849</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>128,950</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,130</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>134,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>132,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>133,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>131,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,170</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>127,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>128,670</x:t>
-[...620 lines deleted...]
-          <x:t>132,550</x:t>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>116,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>