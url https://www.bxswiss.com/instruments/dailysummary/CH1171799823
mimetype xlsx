--- v0 (2025-10-07)
+++ v1 (2025-11-13)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc031d23f1e5c4fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c886d787714d80" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R302fe420c1994862"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb90e79dc16f14ffa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R02552abf68284c90" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R302fe420c1994862" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R522502b6cdef41fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb90e79dc16f14ffa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Bitcoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,619 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.09.2025</x:t>
-[...441 lines deleted...]
-          <x:t>88,815</x:t>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>90,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>87,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>89,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>88,775</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>92,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,615</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>86,625</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>88,505</x:t>
-[...134 lines deleted...]
-          <x:t>96,965</x:t>
+          <x:t>83,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>86,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>84,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>85,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>77,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>79,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>83,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>82,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>81,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>78,835</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>