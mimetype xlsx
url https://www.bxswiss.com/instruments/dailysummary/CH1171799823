--- v1 (2025-11-13)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb8c886d787714d80" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7734adc18746c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb90e79dc16f14ffa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb693bc0753b242ea"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R522502b6cdef41fa" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb90e79dc16f14ffa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4029ae91c4d348d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb693bc0753b242ea" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Bitcoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...613 lines deleted...]
-          <x:t>78,835</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>66,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,955</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>