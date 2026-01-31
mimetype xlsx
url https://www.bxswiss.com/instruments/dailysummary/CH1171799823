--- v2 (2026-01-11)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5b7734adc18746c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ee2ea0735b43b8" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb693bc0753b242ea"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8fc27c0deb4b63"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4029ae91c4d348d5" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb693bc0753b242ea" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7229d4b58faf40ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8fc27c0deb4b63" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Bitcoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,421 +149,124 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...9 lines deleted...]
-          <x:t>72,895</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,595</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,540</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>72,240</x:t>
-[...349 lines deleted...]
-        <x:is>
           <x:t>71,630</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>07.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,630</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,790</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,410</x:t>
         </x:is>
       </x:c>
@@ -602,31 +305,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,410</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>71,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,650</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>70,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>70,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>74,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>75,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>73,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>71,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>72,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>69,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>68,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>65,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>61,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>62,080</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>