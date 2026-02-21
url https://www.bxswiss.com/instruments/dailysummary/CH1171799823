--- v3 (2026-01-31)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Ra0ee2ea0735b43b8" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64a0d8bb0524d82" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reb8fc27c0deb4b63"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ae68dabfc942ef"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7229d4b58faf40ec" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reb8fc27c0deb4b63" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce469d2f389e4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ae68dabfc942ef" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Bitcoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>68,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>69,415</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -710,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>80,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>61,255</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>62,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>59,780</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>57,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,635</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>