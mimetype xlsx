--- v4 (2026-02-21)
+++ v5 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re64a0d8bb0524d82" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R8eff4cb8d82f4e66" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R98ae68dabfc942ef"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6ea8b37398b74d6b"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce469d2f389e4dae" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R98ae68dabfc942ef" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R0925521181fd4e64" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6ea8b37398b74d6b" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Bitcoin</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799823</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...441 lines deleted...]
-          <x:t>80,000</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>47,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>48,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,665</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,015</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>49,265</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...190 lines deleted...]
-          <x:t>50,635</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>49,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>67,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>51,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>50,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>55,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>56,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>54,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>52,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>80,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>53,445</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>