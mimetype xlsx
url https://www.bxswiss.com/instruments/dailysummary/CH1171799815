--- v0 (2025-11-13)
+++ v1 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R710dd414b764447f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d2a979d7624fee" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R671ba390725c4299"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec7ffd50031460d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R90ad74fe908741fb" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R671ba390725c4299" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da616e6089f4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec7ffd50031460d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ripple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>13.10.2025</x:t>
-[...473 lines deleted...]
-          <x:t>17,425</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>17,900</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...131 lines deleted...]
-          <x:t>18,140</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>