--- v1 (2026-01-11)
+++ v2 (2026-02-01)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R97d2a979d7624fee" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R080e66290a574285" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7ec7ffd50031460d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2bb31450f714d03"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R3da616e6089f4079" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7ec7ffd50031460d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b98f866ad814f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2bb31450f714d03" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ripple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>16,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>16,450</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,100</x:t>
-[...173 lines deleted...]
-          <x:t>19.12.2025</x:t>
+          <x:t>16,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,470</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>14,765</x:t>
-[...35 lines deleted...]
-        <x:is>
           <x:t>14,985</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.12.2025</x:t>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,505</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...200 lines deleted...]
-          <x:t>16,545</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>