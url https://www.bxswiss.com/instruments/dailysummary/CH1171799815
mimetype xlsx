--- v2 (2026-02-01)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R080e66290a574285" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98ea8e476e14d30" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rc2bb31450f714d03"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6722f30258bf4cd8"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6b98f866ad814f50" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rc2bb31450f714d03" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c2e3aff423445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6722f30258bf4cd8" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ripple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,347 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.01.2026</x:t>
-[...295 lines deleted...]
-        <x:is>
           <x:t>20.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,075</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,095</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,695</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,115</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,335</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>12,995</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,225</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,135</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>