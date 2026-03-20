--- v3 (2026-02-21)
+++ v4 (2026-03-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc98ea8e476e14d30" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf70693c34c504b08" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6722f30258bf4cd8"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re867202ab74345c5"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R95c2e3aff423445c" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6722f30258bf4cd8" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R1d0ce07b865a4100" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re867202ab74345c5" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ripple</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799815</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...328 lines deleted...]
-          <x:t>10,865</x:t>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,925</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>9,630</x:t>
-[...38 lines deleted...]
-          <x:t>09.02.2026</x:t>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,835</x:t>
-[...21 lines deleted...]
-          <x:t>10,000</x:t>
+          <x:t>11,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,685</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10,000</x:t>
+          <x:t>10,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,420</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>10,535</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.02.2026</x:t>
-[...95 lines deleted...]
-          <x:t>10,000</x:t>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,855</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,135</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...3 lines deleted...]
-          <x:t>17.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>11,055</x:t>
-        </x:is>
-[...94 lines deleted...]
-          <x:t>10,785</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>