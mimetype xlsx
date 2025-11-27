--- v0 (2025-10-31)
+++ v1 (2025-11-27)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Red8400dd1e01475a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d00cde8104a40c5" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2d1ed02c5ce84e82"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01652a7517c347df"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc04d61a48e204810" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2d1ed02c5ce84e82" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9862141f3bb84239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01652a7517c347df" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ethereum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,590 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.09.2025</x:t>
-[...538 lines deleted...]
-        <x:is>
           <x:t>27.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,350</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,040</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,555</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -791,31 +251,571 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,715</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,445</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,270</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,805</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,410</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>