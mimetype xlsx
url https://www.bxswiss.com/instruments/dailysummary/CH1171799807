--- v1 (2025-11-27)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R1d00cde8104a40c5" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2218f26e5b084bf2" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R01652a7517c347df"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb1b9c267c94fe6"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9862141f3bb84239" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R01652a7517c347df" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64853057de44d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb1b9c267c94fe6" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ethereum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27.10.2025</x:t>
-[...225 lines deleted...]
-          <x:t>26,965</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,785</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,155</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,890</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>25,135</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>26,150</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...121 lines deleted...]
-          <x:t>25,135</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,225</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,065</x:t>
-[...96 lines deleted...]
-        <x:is>
           <x:t>23,950</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,325</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,990</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,715</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...104 lines deleted...]
-          <x:t>22,795</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,825</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,155</x:t>
-        </x:is>
-[...25 lines deleted...]
-          <x:t>23,720</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>