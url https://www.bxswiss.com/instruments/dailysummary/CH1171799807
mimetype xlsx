--- v2 (2025-12-20)
+++ v3 (2026-01-28)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2218f26e5b084bf2" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f2f8a6bf2954ca9" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabb1b9c267c94fe6"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670277b12e894521"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rc64853057de44d7e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabb1b9c267c94fe6" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be45d48a48144f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670277b12e894521" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ethereum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,565 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...31 lines deleted...]
-          <x:t>24,070</x:t>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,380</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,245</x:t>
-[...26 lines deleted...]
-          <x:t>22,715</x:t>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,695</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...563 lines deleted...]
-          <x:t>23,155</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,930</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,170</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,595</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>