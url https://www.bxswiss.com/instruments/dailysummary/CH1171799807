--- v3 (2026-01-28)
+++ v4 (2026-02-19)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4f2f8a6bf2954ca9" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c21635af964d79" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R670277b12e894521"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc34e4b4d5d44d62"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7be45d48a48144f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R670277b12e894521" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb61efed438a64e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc34e4b4d5d44d62" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ethereum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,374 +149,50 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>29.12.2025</x:t>
-[...322 lines deleted...]
-        <x:is>
           <x:t>19.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,135</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,000</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,965</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -683,31 +359,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,360</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,745</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,250</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>22,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,055</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>