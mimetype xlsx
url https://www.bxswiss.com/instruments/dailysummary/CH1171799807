--- v4 (2026-02-19)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R20c21635af964d79" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R15d2b0499b6b4abe" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcc34e4b4d5d44d62"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbbc225952f124527"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb61efed438a64e5b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcc34e4b4d5d44d62" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra90dd145a20946fc" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbbc225952f124527" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Tracker Certificate on Ethereum</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171799807</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.01.2026</x:t>
-[...350 lines deleted...]
-          <x:t>05.02.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>16,290</x:t>
+          <x:t>15,215</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>9,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>14,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>14,965</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>14,210</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,815</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>9,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,360</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,000</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,395</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...155 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>14,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...37 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>15,365</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...6 lines deleted...]
-          <x:t>14,895</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>7,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16,330</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>