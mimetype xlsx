--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R92338811eaec430e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4caaab944a4529" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R430ac76f34f342f7"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0c6cd11d8e4154"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R34fbd386edf842ee" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R430ac76f34f342f7" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94c0c813e3d64b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0c6cd11d8e4154" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Eco-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...4 lines deleted...]
-          <x:t>23,670</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,610</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,428</x:t>
-[...43 lines deleted...]
-          <x:t>23,635</x:t>
+          <x:t>23,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,138</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,800</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,635</x:t>
-[...571 lines deleted...]
-          <x:t>23,890</x:t>
+          <x:t>23,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,093</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,128</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,050</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,203</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,348</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>