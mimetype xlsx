--- v1 (2025-10-25)
+++ v2 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Reb4caaab944a4529" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c01d4404804cff" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9c0c6cd11d8e4154"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30037f49b5144d21"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R94c0c813e3d64b5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9c0c6cd11d8e4154" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab6671f29ad6410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30037f49b5144d21" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Eco-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...139 lines deleted...]
-          <x:t>23,585</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,520</x:t>
-[...38 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,103</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,900</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,010</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,840</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23,840</x:t>
-[...151 lines deleted...]
-          <x:t>10.10.2025</x:t>
+          <x:t>24,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,143</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,163</x:t>
-[...279 lines deleted...]
-          <x:t>24,348</x:t>
+          <x:t>24,448</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,383</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,373</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,423</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>