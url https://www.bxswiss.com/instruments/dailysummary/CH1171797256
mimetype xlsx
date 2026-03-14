--- v2 (2026-02-21)
+++ v3 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R12c01d4404804cff" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R699e7cbfb95f4c20" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R30037f49b5144d21"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Re5b30a7590794589"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rab6671f29ad6410f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R30037f49b5144d21" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfb64adb7488942e7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Re5b30a7590794589" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Eco-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797256</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>21.01.2026</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,533</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,593</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,593</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,643</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,790</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,668</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,348</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,498</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,233</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,905</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,108</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,078</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,820</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,770</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>23,935</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...23 lines deleted...]
-          <x:t>24,168</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,035</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,103</x:t>
-[...566 lines deleted...]
-          <x:t>24,880</x:t>
+          <x:t>23,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,825</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>