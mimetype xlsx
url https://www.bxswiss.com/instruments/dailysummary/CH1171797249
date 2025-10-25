--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R89d7ef14e279440e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3027bce1c96413c" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7bbeaa665be44856"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78e4348a0174db2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rff6ef68d93c94392" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7bbeaa665be44856" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4987312001457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78e4348a0174db2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Value-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...26 lines deleted...]
-          <x:t>03.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,183</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>05.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,088</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,123</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,108</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,163</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,485</x:t>
-[...21 lines deleted...]
-          <x:t>27,265</x:t>
+          <x:t>27,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,375</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,265</x:t>
-[...38 lines deleted...]
-          <x:t>10.09.2025</x:t>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,355</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,415</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,028</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,158</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,923</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,275</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...428 lines deleted...]
-          <x:t>27,315</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,510</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,505</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,315</x:t>
+          <x:t>27,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,445</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>27,450</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,878</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>