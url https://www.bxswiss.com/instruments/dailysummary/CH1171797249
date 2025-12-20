--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf3027bce1c96413c" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b6a23151084007" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Ra78e4348a0174db2"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b16de3c3b944e9"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rcc4987312001457b" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Ra78e4348a0174db2" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e094c6d65aa4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b16de3c3b944e9" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Value-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...58 lines deleted...]
-          <x:t>27,033</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,103</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>26,993</x:t>
-[...502 lines deleted...]
-          <x:t>27,785</x:t>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,770</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,858</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>27,760</x:t>
+          <x:t>27,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>27,858</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...23 lines deleted...]
-          <x:t>27,878</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,413</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,313</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,333</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>