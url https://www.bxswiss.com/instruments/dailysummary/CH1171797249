--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re6b6a23151084007" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f7e670c4c08424d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R55b16de3c3b944e9"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d4778efe2184430"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R9e094c6d65aa4a46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R55b16de3c3b944e9" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea4564600cc4bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d4778efe2184430" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Value-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...134 lines deleted...]
-          <x:t>26.11.2025</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,213</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,133</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,333</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,333</x:t>
+          <x:t>28,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,178</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,053</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,293</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,318</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,303</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,233</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,213</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,278</x:t>
-[...6 lines deleted...]
-          <x:t>27.11.2025</x:t>
+          <x:t>28,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,298</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>28,445</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,298</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,445</x:t>
-[...16 lines deleted...]
-          <x:t>28,490</x:t>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,298</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,378</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,675</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,408</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,465</x:t>
-[...404 lines deleted...]
-          <x:t>28,288</x:t>
+          <x:t>28,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,875</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,860</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,093</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,093</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>