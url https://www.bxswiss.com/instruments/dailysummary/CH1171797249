--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7f7e670c4c08424d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2d0228995e4256" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R9d4778efe2184430"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf7d30f587f49aa"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4ea4564600cc4bca" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R9d4778efe2184430" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re48db14241e74128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf7d30f587f49aa" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Value-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>28,238</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,358</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,735</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,323</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,163</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,208</x:t>
-[...75 lines deleted...]
-          <x:t>28,408</x:t>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,500</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,550</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>06.01.2026</x:t>
-[...31 lines deleted...]
-          <x:t>28,825</x:t>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,750</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,885</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...60 lines deleted...]
-          <x:t>29,093</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>