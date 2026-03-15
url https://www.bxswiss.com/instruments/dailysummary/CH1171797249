--- v4 (2026-02-21)
+++ v5 (2026-03-15)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R5c2d0228995e4256" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rf6050eba1f814d7b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rabf7d30f587f49aa"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd891248fbe1041d2"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Re48db14241e74128" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rabf7d30f587f49aa" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4b211f67e09a4b2d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd891248fbe1041d2" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Value-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797249</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,619 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...26 lines deleted...]
-          <x:t>22.01.2026</x:t>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,885</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,970</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,835</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,960</x:t>
-[...3 lines deleted...]
-        <x:is>
           <x:t>28,835</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...153 lines deleted...]
-          <x:t>28,475</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,468</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,518</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,463</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,478</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,158</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,228</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,253</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>28,273</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>28,408</x:t>
-[...404 lines deleted...]
-          <x:t>29,468</x:t>
+          <x:t>28,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,698</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,918</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27,195</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>