--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rcfaeabb773f1403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df1b1b92a55403f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0ec18c7cf7334475"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0edfcd10ee414f06"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R74e90f14e44a4f95" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0ec18c7cf7334475" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64a6a7482f284f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0edfcd10ee414f06" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Risk-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,858</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,673</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,743</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,128</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,903</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,253</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,263</x:t>
         </x:is>
       </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,143</x:t>
+          <x:t>24,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,808</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,813</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,823</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,708</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,823</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,868</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,793</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,813</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,733</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,968</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,183</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...617 lines deleted...]
-          <x:t>25,048</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>