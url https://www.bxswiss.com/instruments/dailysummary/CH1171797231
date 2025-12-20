--- v1 (2025-10-25)
+++ v2 (2025-12-20)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R2df1b1b92a55403f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e2effd4896467f" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0edfcd10ee414f06"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb6f60dc4c54afc"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R64a6a7482f284f5f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0edfcd10ee414f06" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24247552fbf14ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb6f60dc4c54afc" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Risk-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24.09.2025</x:t>
-[...90 lines deleted...]
-          <x:t>24,923</x:t>
+          <x:t>18.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,583</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,483</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,793</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,923</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,458</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,553</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,518</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,883</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,723</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,708</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,668</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,585</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,673</x:t>
-[...6 lines deleted...]
-          <x:t>30.09.2025</x:t>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,688</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,718</x:t>
-[...4 lines deleted...]
-          <x:t>24,515</x:t>
+          <x:t>24,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,595</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.10.2025</x:t>
-[...478 lines deleted...]
-          <x:t>25,385</x:t>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>