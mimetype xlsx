--- v2 (2025-12-20)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re3e2effd4896467f" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668d222fb1fd4fdc" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7eb6f60dc4c54afc"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad722ac6a3304774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R24247552fbf14ec8" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7eb6f60dc4c54afc" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe8f00f57b054395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad722ac6a3304774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Risk-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>18.11.2025</x:t>
-[...274 lines deleted...]
-          <x:t>24,145</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,485</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,603</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,435</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,688</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,310</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,315</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...55 lines deleted...]
-          <x:t>24,575</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,778</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,713</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,515</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,708</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>05.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>08.12.2025</x:t>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,600</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,763</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...254 lines deleted...]
-          <x:t>24,625</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,913</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,620</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,665</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>