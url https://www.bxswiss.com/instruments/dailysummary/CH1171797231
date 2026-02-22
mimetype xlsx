--- v3 (2026-01-11)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R668d222fb1fd4fdc" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c18303ba2e14646" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rad722ac6a3304774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a484fead024890"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfe8f00f57b054395" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rad722ac6a3304774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9b8c4cc2724763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a484fead024890" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Risk-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...274 lines deleted...]
-          <x:t>24,818</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,268</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,043</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,323</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,048</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,098</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,183</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,208</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,848</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>24,908</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>24,738</x:t>
-[...65 lines deleted...]
-          <x:t>06.01.2026</x:t>
+          <x:t>25,098</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,893</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,178</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,753</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,173</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,838</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,903</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,023</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,948</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,495</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...18 lines deleted...]
-          <x:t>07.01.2026</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,705</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...33 lines deleted...]
-          <x:t>25,138</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,293</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,338</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.01.2026</x:t>
-[...19 lines deleted...]
-          <x:t>25,665</x:t>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>