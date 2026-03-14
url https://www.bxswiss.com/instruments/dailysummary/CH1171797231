--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R6c18303ba2e14646" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R629434df416045bd" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R37a484fead024890"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R0507fbd74795472e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R7d9b8c4cc2724763" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R37a484fead024890" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R31ff33faf3ed426e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R0507fbd74795472e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW-Risk-Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171797231</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...9 lines deleted...]
-          <x:t>25,445</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,760</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26,015</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,258</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,218</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,313</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,328</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,288</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,118</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,705</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,248</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,730</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,790</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,163</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,550</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,138</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25,188</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,728</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,803</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>25,043</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>25,435</x:t>
-[...593 lines deleted...]
-          <x:t>25,625</x:t>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,938</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,983</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,678</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,918</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,928</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23,990</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>