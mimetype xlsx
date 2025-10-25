--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R0f4152e8fc6f49a3" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcdce8768a054b85" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb30ee458b7234a5e"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a5cb148b074731"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R5a03a391b3944478" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb30ee458b7234a5e" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35e5a0f56894761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a5cb148b074731" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, NOVARTIS SANDOZ GROUP BASKET, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,583 +149,178 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...360 lines deleted...]
-          <x:t>115,000</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>114,305</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,890</x:t>
-[...11 lines deleted...]
-          <x:t>114,770</x:t>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,035</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>113,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>114,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>115,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,320</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>114,670</x:t>
-[...138 lines deleted...]
-        <x:is>
           <x:t>115,675</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30.09.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,755</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>116,605</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>115,350</x:t>
         </x:is>
       </x:c>
@@ -791,31 +386,436 @@
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>03.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,125</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,680</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,065</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,940</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,540</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,310</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>