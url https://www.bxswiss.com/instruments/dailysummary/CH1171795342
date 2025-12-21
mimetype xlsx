--- v1 (2025-10-25)
+++ v2 (2025-12-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfcdce8768a054b85" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R217707cabe93403a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R84a5cb148b074731"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10f778ff967146eb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra35e5a0f56894761" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R84a5cb148b074731" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f73514723c4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10f778ff967146eb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, NOVARTIS SANDOZ GROUP BASKET, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...203 lines deleted...]
-          <x:t>118,625</x:t>
+          <x:t>19.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,955</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,615</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.11.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,090</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,265</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>118,785</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...35 lines deleted...]
-          <x:t>119,380</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>120,755</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...384 lines deleted...]
-          <x:t>120,310</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>