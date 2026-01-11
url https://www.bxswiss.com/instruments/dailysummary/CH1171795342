--- v2 (2025-12-21)
+++ v3 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R217707cabe93403a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d265167c574839" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R10f778ff967146eb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4859e7221fab48ed"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra1f73514723c4ac6" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R10f778ff967146eb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24ef15e4b344192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4859e7221fab48ed" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, NOVARTIS SANDOZ GROUP BASKET, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,457 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19.11.2025</x:t>
-[...80 lines deleted...]
-          <x:t>24.11.2025</x:t>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,390</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,045</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,045</x:t>
-[...80 lines deleted...]
-          <x:t>121,695</x:t>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,585</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,520</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,450</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,515</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,165</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,325</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>121,635</x:t>
-[...431 lines deleted...]
-          <x:t>121,715</x:t>
+          <x:t>121,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,175</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>