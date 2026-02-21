--- v3 (2026-01-11)
+++ v4 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R36d265167c574839" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4caf97254f0c4e1a" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R4859e7221fab48ed"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69f1a641a5345be"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd24ef15e4b344192" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R4859e7221fab48ed" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e18fe98174e4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69f1a641a5345be" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, NOVARTIS SANDOZ GROUP BASKET, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,457 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>11.12.2025</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,640</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,730</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,060</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,460</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>119,590</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>120,190</x:t>
-[...377 lines deleted...]
-          <x:t>121,825</x:t>
+          <x:t>118,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,285</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,980</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,600</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>118,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>117,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,650</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,490</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>119,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,075</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,735</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,175</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...28 lines deleted...]
-          <x:t>121,175</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,545</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>