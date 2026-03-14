--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R4caf97254f0c4e1a" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rfffe829d914e4293" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb69f1a641a5345be"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rea18c125e57e4486"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8e18fe98174e4210" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb69f1a641a5345be" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R53084894c9394f46" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rea18c125e57e4486" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>Capital Protection Certificate with Participation on Nestlé, NOVARTIS SANDOZ GROUP BASKET, Roche, Swiss Re, Zurich Insurance</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795342</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20.01.2026</x:t>
-[...306 lines deleted...]
-          <x:t>124,365</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,680</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,685</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,625</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,740</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,460</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,275</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,575</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,065</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>130,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>129,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>127,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>128,465</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>126,525</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,675</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>125,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>124,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,535</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>123,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,530</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,805</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,020</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>120,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>121,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>122,950</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>121,005</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>123,895</x:t>
-[...323 lines deleted...]
-          <x:t>126,475</x:t>
+          <x:t>122,130</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>