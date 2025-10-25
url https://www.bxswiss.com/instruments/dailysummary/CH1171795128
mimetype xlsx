--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re0e194e4085f4f97" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1fd3861ea834422" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rd26fdc1dea03422d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97fc9c96110144bf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R84b69261761a4421" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rd26fdc1dea03422d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12c1f37a87ae4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97fc9c96110144bf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on The Market Best Ideas Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,025</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,740</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,750</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,820</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,835</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,855</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,548</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,350</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,375</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,180</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,455</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,005</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,210</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29,920</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,970</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...45 lines deleted...]
-          <x:t>04.09.2025</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>29,965</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,105</x:t>
-[...318 lines deleted...]
-          <x:t>30,205</x:t>
+          <x:t>30,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,435</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>30,245</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30,115</x:t>
-[...247 lines deleted...]
-          <x:t>30,240</x:t>
+          <x:t>30,435</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>