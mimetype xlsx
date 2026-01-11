--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re1fd3861ea834422" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b89d2802434c8b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R97fc9c96110144bf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3650c2ec0b394dfb"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R12c1f37a87ae4931" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R97fc9c96110144bf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc1c7d7cd0e431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3650c2ec0b394dfb" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on The Market Best Ideas Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>30,435</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,103</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,023</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,033</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,183</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,113</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,143</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,283</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,133</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,168</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,258</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,993</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,053</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,018</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,998</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30,958</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,148</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,083</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,615</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,243</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,560</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,408</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,388</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,505</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,565</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,825</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,875</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,765</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,045</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,200</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,470</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>