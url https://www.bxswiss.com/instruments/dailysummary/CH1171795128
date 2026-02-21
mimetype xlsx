--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R98b89d2802434c8b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rc2384e08d8674240" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R3650c2ec0b394dfb"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rbd3c7cbf97f74b0e"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R6dc1c7d7cd0e431d" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R3650c2ec0b394dfb" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R71ee3caf5c494d11" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rbd3c7cbf97f74b0e" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on The Market Best Ideas Portfolio Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171795128</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...338 lines deleted...]
-          <x:t>31,453</x:t>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,010</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,280</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,788</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,773</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,728</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,778</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,798</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,703</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,783</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,508</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,020</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,815</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,100</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,595</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,070</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,070</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,205</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>31,825</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...30 lines deleted...]
-          <x:t>07.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,695</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,465</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,435</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,503</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,890</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,910</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,160</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,200</x:t>
+          <x:t>31,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,125</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,175</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,040</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,010</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,200</x:t>
-[...47 lines deleted...]
-        <x:is>
           <x:t>32,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,470</x:t>
+          <x:t>31,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,588</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,533</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,693</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,988</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,793</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>