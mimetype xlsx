--- v0 (2025-10-04)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rbe4e999fc7db4ef6" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991351ae475445ac" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R45ed1b459e3a4341"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6614e7058e2c4163"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd5e1d24acc7745ed" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R45ed1b459e3a4341" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce5374a96c0849f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6614e7058e2c4163" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on GGX Sustainable Dynamic Leaders Europe Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171793453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>02.09.2025</x:t>
-[...166 lines deleted...]
-          <x:t>19,725</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,009</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,975</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,811</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,647</x:t>
-[...173 lines deleted...]
-          <x:t>19.09.2025</x:t>
+          <x:t>19,931</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,936</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,797</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,819</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,961</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,080</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,986</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,049</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,000</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,120</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,960</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,029</x:t>
-[...16 lines deleted...]
-          <x:t>22.09.2025</x:t>
+          <x:t>20,115</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,403</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,473</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,493</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,578</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,598</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,513</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,573</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,558</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,538</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,498</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,638</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,633</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,220</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,265</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,383</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,423</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,338</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,418</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,488</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,428</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,220</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>19,898</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>19,898</x:t>
-[...205 lines deleted...]
-          <x:t>02.10.2025</x:t>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,408</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,438</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,363</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,428</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,513</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,608</x:t>
-[...21 lines deleted...]
-          <x:t>20,578</x:t>
+          <x:t>20,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,488</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,543</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>20,598</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>20,513</x:t>
-[...4 lines deleted...]
-          <x:t>20,573</x:t>
+          <x:t>20,453</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,583</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>