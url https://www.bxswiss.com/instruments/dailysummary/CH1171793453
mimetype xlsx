--- v1 (2025-10-25)
+++ v2 (2026-01-10)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R991351ae475445ac" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77d9ced855e4e40" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R6614e7058e2c4163"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d88a252546640cf"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rce5374a96c0849f9" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R6614e7058e2c4163" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd20087a6264153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d88a252546640cf" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on GGX Sustainable Dynamic Leaders Europe Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171793453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,511 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>20,583</x:t>
+          <x:t>09.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,583</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,475</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,395</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,360</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,390</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,095</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,085</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,240</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,350</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,220</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,235</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,325</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,300</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,290</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>