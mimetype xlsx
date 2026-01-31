--- v2 (2026-01-10)
+++ v3 (2026-01-31)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rd77d9ced855e4e40" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raba204b1cdcc4e70" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R8d88a252546640cf"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b60a41c43c34774"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R4cd20087a6264153" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R8d88a252546640cf" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d0c3bffda646ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b60a41c43c34774" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on GGX Sustainable Dynamic Leaders Europe Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171793453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,511 +149,592 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.12.2025</x:t>
-[...26 lines deleted...]
-          <x:t>10.12.2025</x:t>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,270</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,420</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,568</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,520</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,763</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,843</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,828</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,673</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,748</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,678</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,773</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,623</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,693</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,743</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,908</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,718</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,933</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,803</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,863</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,863</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,833</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,858</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,963</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,943</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,003</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,873</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,928</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,643</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,490</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,355</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,335</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...1 lines deleted...]
-          <x:t>21,395</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,260</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...433 lines deleted...]
-          <x:t>21,908</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>