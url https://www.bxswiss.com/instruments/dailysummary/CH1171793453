--- v3 (2026-01-31)
+++ v4 (2026-02-22)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Raba204b1cdcc4e70" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047f587180d24b9b" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R7b60a41c43c34774"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb624ecdf52964e84"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rd4d0c3bffda646ff" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R7b60a41c43c34774" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R739a605d4e18417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb624ecdf52964e84" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on GGX Sustainable Dynamic Leaders Europe Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171793453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,592 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>30.12.2025</x:t>
-[...63 lines deleted...]
-          <x:t>21,853</x:t>
+          <x:t>21.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,315</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,748</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,768</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,723</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,648</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,683</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,608</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,663</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,843</x:t>
-[...102 lines deleted...]
-          <x:t>21,683</x:t>
+          <x:t>21,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,628</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,758</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>19.01.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,648</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,738</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,758</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,470</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,480</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,210</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,310</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,840</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,625</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,665</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,765</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,530</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,643</x:t>
-[...16 lines deleted...]
-          <x:t>20.01.2026</x:t>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,640</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,250</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,295</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,355</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,370</x:t>
+          <x:t>21,415</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,205</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,385</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,145</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,335</x:t>
-[...187 lines deleted...]
-        <x:is>
           <x:t>21,260</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...18 lines deleted...]
-          <x:t>21,310</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>