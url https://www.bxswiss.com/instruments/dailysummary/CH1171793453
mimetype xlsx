--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R047f587180d24b9b" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7451385d52c94ee7" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rb624ecdf52964e84"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R05c572692b094537"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R739a605d4e18417f" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rb624ecdf52964e84" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R93f0e559108c466a" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R05c572692b094537" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on GGX Sustainable Dynamic Leaders Europe Index NTR</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171793453</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...149 lines deleted...]
-          <x:t>21,470</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,410</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,515</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,400</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,970</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,040</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,135</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,380</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,580</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,555</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,305</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,760</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,480</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...111 lines deleted...]
-          <x:t>04.02.2026</x:t>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,525</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,485</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,370</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,575</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,680</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,850</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>21,665</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21,765</x:t>
-[...333 lines deleted...]
-          <x:t>21,670</x:t>
+          <x:t>21,830</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,825</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,995</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,870</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,550</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,255</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21,195</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,870</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,370</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,430</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,820</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,365</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,505</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,808</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,424</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,792</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,292</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,782</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,460</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,195</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,275</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,019</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,079</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,130</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,019</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,842</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19,850</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>