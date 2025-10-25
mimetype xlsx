--- v0 (2025-10-03)
+++ v1 (2025-10-25)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Rb390c3335a124b0e" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re52e01e11ad147da" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R2a5e7b962cfe4892"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b4105ea089482d"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R29dc862f682a486e" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R2a5e7b962cfe4892" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f7af57686d4415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b4105ea089482d" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW Swiss 50 Index NTR (FUW50)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171791820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>01.09.2025</x:t>
-[...9 lines deleted...]
-          <x:t>33,090</x:t>
+          <x:t>23.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,585</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,510</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,368</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,388</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,393</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,973</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,038</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,063</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,148</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>31,993</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,068</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,198</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,153</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,263</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.09.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,223</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,293</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,088</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,283</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>01.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,378</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,428</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,308</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,338</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,620</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,610</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,760</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,940</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,935</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,060</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,150</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,120</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,110</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,170</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,655</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,755</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>14.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,605</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,710</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,493</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,685</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>32,885</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>32,900</x:t>
-[...119 lines deleted...]
-          <x:t>33,155</x:t>
+          <x:t>32,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,895</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,785</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,965</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,403</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,690</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,850</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,725</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,810</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>21.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,845</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,885</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,720</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,800</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,755</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.10.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,105</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.10.2025</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,175</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,040</x:t>
-[...15 lines deleted...]
-        <x:is>
           <x:t>33,230</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>33,255</x:t>
-[...468 lines deleted...]
-          <x:t>32,590</x:t>
+          <x:t>33,045</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,220</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>