--- v1 (2025-10-25)
+++ v2 (2026-01-11)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="Re52e01e11ad147da" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ebccab5b759488d" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R90b4105ea089482d"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294bcd541b674e36"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Ra9f7af57686d4415" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R90b4105ea089482d" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5895f6d572c4069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294bcd541b674e36" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW Swiss 50 Index NTR (FUW50)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171791820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,673 +149,484 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>23.09.2025</x:t>
-[...640 lines deleted...]
-          <x:t>33,220</x:t>
+          <x:t>10.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,340</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,320</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,260</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,385</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,330</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,340</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>15.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,445</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,420</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,655</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,630</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,770</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,645</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,635</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,705</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,555</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,530</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,880</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,915</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,775</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,910</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,835</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,955</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,105</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,030</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,030</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.12.2025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,090</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,080</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,120</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,328</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,318</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,398</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,608</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,578</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>07.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,663</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,853</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,573</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,688</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>08.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,613</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,658</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,363</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,623</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,653</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,818</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,618</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,818</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>