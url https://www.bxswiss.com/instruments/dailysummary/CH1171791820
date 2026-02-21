--- v2 (2026-01-11)
+++ v3 (2026-02-21)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R9ebccab5b759488d" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315eb2c8a0364720" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="R294bcd541b674e36"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef21490f2b943f4"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rb5895f6d572c4069" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="R294bcd541b674e36" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5035c41cc144a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef21490f2b943f4" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW Swiss 50 Index NTR (FUW50)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171791820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,484 +149,646 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>10.12.2025</x:t>
-[...252 lines deleted...]
-          <x:t>34,105</x:t>
+          <x:t>21.01.2026</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>33,945</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
+          <x:t>34,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,860</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,160</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>22.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,523</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,603</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,343</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,483</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,353</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,213</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,173</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,238</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,140</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,278</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,373</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,193</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,278</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>28.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,263</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,273</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,990</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>29.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,950</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,075</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,925</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>30.01.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,900</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,990</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,320</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,310</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,540</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,590</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
           <x:t>34,030</x:t>
         </x:is>
       </x:c>
-    </x:row>
-[...10 lines deleted...]
-      </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,115</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...168 lines deleted...]
-          <x:t>34,818</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,160</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,065</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,590</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,700</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,450</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,570</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,480</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,780</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,830</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,945</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,735</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,945</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,545</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,745</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>