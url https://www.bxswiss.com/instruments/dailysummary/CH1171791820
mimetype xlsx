--- v3 (2026-02-21)
+++ v4 (2026-03-14)
@@ -1,42 +1,42 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/worksheets/sheet.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
 </Types>
 </file>
 
-<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R315eb2c8a0364720" /></Relationships>
+<file path=_rels/.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="/xl/workbook.xml" Id="R7983338083514784" /></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <x:workbook xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:sheets>
-    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Reef21490f2b943f4"/>
+    <x:sheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" name="Daily summary" sheetId="1" r:id="Rcd802a2d8264420f"/>
   </x:sheets>
 </x:workbook>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <x:styleSheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:numFmts>
     <x:numFmt numFmtId="33" formatCode="#,#0.000"/>
     <x:numFmt numFmtId="44" formatCode="#,#0.0000"/>
     <x:numFmt numFmtId="1" formatCode="0"/>
   </x:numFmts>
   <x:fonts>
     <x:font>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:b/>
       <x:sz val="11"/>
       <x:color rgb="000000"/>
       <x:name val="Calibri"/>
     </x:font>
     <x:font>
       <x:i/>
@@ -91,51 +91,51 @@
     <x:xf fontId="0" fillId="0" borderId="0"/>
     <x:xf fontId="1" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="2" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="3" fillId="0" borderId="0" applyFont="1"/>
     <x:xf fontId="0" fillId="2" borderId="0" applyFill="1"/>
     <x:xf numFmtId="0" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="1" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf fontId="0" fillId="0" borderId="1" applyBorder="1"/>
     <x:xf fontId="0" fillId="0" borderId="0" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="44" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
     <x:xf numFmtId="33" fontId="0" fillId="0" borderId="0" applyNumberFormat="1" applyAlignment="1">
       <x:alignment horizontal="right" vertical="bottom"/>
     </x:xf>
   </x:cellXfs>
 </x:styleSheet>
 </file>
 
-<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="Rfc5035c41cc144a7" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Reef21490f2b943f4" /></Relationships>
+<file path=xl/_rels/workbook.xml.rels>&#65279;<?xml version="1.0" encoding="utf-8"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="/xl/styles.xml" Id="R8c24143b553742be" /><Relationship Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="/xl/worksheets/sheet.xml" Id="Rcd802a2d8264420f" /></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet.xml><?xml version="1.0" encoding="utf-8"?>
 <x:worksheet xmlns:x="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <x:cols>
     <x:col min="1" max="1" width="30" customWidth="1"/>
     <x:col min="2" max="2" width="30" customWidth="1"/>
     <x:col min="3" max="3" width="30" customWidth="1"/>
     <x:col min="4" max="4" width="30" customWidth="1"/>
     <x:col min="5" max="5" width="30" customWidth="1"/>
   </x:cols>
   <x:sheetData>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>ETP on FuW Swiss 50 Index NTR (FUW50)</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>CH1171791820</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
@@ -149,646 +149,673 @@
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Open</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>High</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Low</x:t>
         </x:is>
       </x:c>
       <x:c s="1" t="inlineStr">
         <x:is>
           <x:t>Close</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>21.01.2026</x:t>
-[...338 lines deleted...]
-          <x:t>34,240</x:t>
+          <x:t>10.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,005</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,865</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,980</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,930</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,675</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,800</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,500</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,560</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,795</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,545</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,745</x:t>
         </x:is>
       </x:c>
     </x:row>
     <x:row>
       <x:c s="0" t="inlineStr">
         <x:is>
-          <x:t>09.02.2026</x:t>
-[...58 lines deleted...]
-          <x:t>34,920</x:t>
+          <x:t>16.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,840</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,645</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,660</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>17.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,970</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,670</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,960</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>18.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,935</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,300</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,890</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,255</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>19.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,240</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,290</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,055</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,100</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>20.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,475</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,335</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>23.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,165</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,230</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,950</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>24.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,965</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,905</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,190</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>25.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,225</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,425</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,345</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>26.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,155</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,380</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>27.02.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,365</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,495</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,180</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,405</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>02.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>35,050</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,635</x:t>
         </x:is>
       </x:c>
       <x:c s="0" t="inlineStr">
         <x:is>
           <x:t>34,930</x:t>
         </x:is>
       </x:c>
-      <x:c s="0" t="inlineStr">
-[...195 lines deleted...]
-          <x:t>35,335</x:t>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>03.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,405</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,440</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,690</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,975</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>04.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,185</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,025</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,280</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>05.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,245</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>34,455</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,895</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,915</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>06.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,985</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,140</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,400</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>09.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,650</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,115</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,570</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,095</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>10.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,715</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,285</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,440</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>11.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,145</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,190</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,985</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>12.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,920</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,215</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,880</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,035</x:t>
+        </x:is>
+      </x:c>
+    </x:row>
+    <x:row>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>13.03.2026</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,910</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>33,150</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,660</x:t>
+        </x:is>
+      </x:c>
+      <x:c s="0" t="inlineStr">
+        <x:is>
+          <x:t>32,865</x:t>
         </x:is>
       </x:c>
     </x:row>
   </x:sheetData>
 </x:worksheet>
 </file>